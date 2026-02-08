--- v0 (2025-10-07)
+++ v1 (2026-02-08)
@@ -1,4827 +1,4725 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20416"/>
-  <workbookPr defaultThemeVersion="166925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="24334"/>
+  <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\140.125.180.162\OpenInfo\整合平台暨一覽表\★整合平台行政相關資料\一覽表\113年度\下載專區\彙整版\113學年度全國大專校院及校長名錄(含學校本部地址)\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\140.125.180.162\OpenInfo\整合平台暨一覽表\★整合平台行政相關資料\一覽表\114年度\下載專區\行政整理\114學年度全國大專校院及校長名錄(含學校本部地址)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{AA6E780D-B809-44C4-B754-4D1B3316321B}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1D116ED2-C1E9-4C5C-8A40-377BC9D97CA3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="21360" windowHeight="10830" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2269" yWindow="0" windowWidth="26980" windowHeight="15886" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="113學年度全國大專校院及校長名錄" sheetId="5" r:id="rId1"/>
-    <sheet name="113學年度第2學期大專校院「校長基本資料」更新" sheetId="6" r:id="rId2"/>
+    <sheet name="114學年度全國大專校院及校長名錄" sheetId="1" r:id="rId1"/>
+    <sheet name="114學年度第2學期大專校院「校長基本資料」更新" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Titles" localSheetId="0">'113學年度全國大專校院及校長名錄'!$3:$3</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'114學年度全國大專校院及校長名錄'!$3:$3</definedName>
   </definedNames>
-  <calcPr calcId="0"/>
+  <calcPr calcId="162913"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2400" uniqueCount="1547">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2322" uniqueCount="1507">
   <si>
     <t>公私立</t>
   </si>
   <si>
     <t>體制</t>
   </si>
   <si>
     <t>學校名稱</t>
   </si>
   <si>
     <t>學校英文名稱</t>
   </si>
   <si>
     <t>職稱</t>
   </si>
   <si>
     <t>姓名</t>
   </si>
   <si>
+    <t>性別</t>
+  </si>
+  <si>
     <t>縣市別</t>
   </si>
   <si>
     <t>郵遞區號</t>
   </si>
   <si>
     <t>學校地址</t>
   </si>
   <si>
     <t>學校總機</t>
   </si>
   <si>
     <t>學校傳真</t>
   </si>
   <si>
+    <t>電子郵件</t>
+  </si>
+  <si>
     <t>網址</t>
   </si>
   <si>
+    <t>一般大學</t>
+  </si>
+  <si>
+    <t>國立政治大學</t>
+  </si>
+  <si>
+    <t>National Chengchi University</t>
+  </si>
+  <si>
+    <t>校長</t>
+  </si>
+  <si>
+    <t>李蔡彥</t>
+  </si>
+  <si>
+    <t>男</t>
+  </si>
+  <si>
+    <t>臺北市</t>
+  </si>
+  <si>
+    <t>文山區</t>
+  </si>
+  <si>
+    <t>臺北市文山區指南路2段64號</t>
+  </si>
+  <si>
+    <t>02-2939-3091</t>
+  </si>
+  <si>
+    <t>02-2937-9611</t>
+  </si>
+  <si>
+    <t>li@nccu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.nccu.edu.tw</t>
+  </si>
+  <si>
+    <t>國立清華大學</t>
+  </si>
+  <si>
+    <t>National Tsing Hua University</t>
+  </si>
+  <si>
+    <t>高為元</t>
+  </si>
+  <si>
+    <t>新竹市</t>
+  </si>
+  <si>
+    <t>新竹市光復路2段101號</t>
+  </si>
+  <si>
+    <t>03-571-5131</t>
+  </si>
+  <si>
+    <t>03-572-4038</t>
+  </si>
+  <si>
+    <t>presid@my.nthu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.nthu.edu.tw</t>
+  </si>
+  <si>
+    <t>國立臺灣大學</t>
+  </si>
+  <si>
+    <t>National Taiwan University</t>
+  </si>
+  <si>
+    <t>陳文章</t>
+  </si>
+  <si>
+    <t>大安區</t>
+  </si>
+  <si>
+    <t>臺北市大安區羅斯福路4段1號</t>
+  </si>
+  <si>
+    <t>02-3366-3366</t>
+  </si>
+  <si>
+    <t>02-2362-7651</t>
+  </si>
+  <si>
+    <t>president@ntu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.ntu.edu.tw</t>
+  </si>
+  <si>
+    <t>國立臺灣師範大學</t>
+  </si>
+  <si>
+    <t>National Taiwan Normal University</t>
+  </si>
+  <si>
+    <t>吳正己</t>
+  </si>
+  <si>
+    <t>臺北市大安區和平東路1段162號</t>
+  </si>
+  <si>
+    <t>02-7749-1111</t>
+  </si>
+  <si>
+    <t>無</t>
+  </si>
+  <si>
+    <t>president@ntnu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.ntnu.edu.tw</t>
+  </si>
+  <si>
+    <t>國立成功大學</t>
+  </si>
+  <si>
+    <t>National Cheng Kung University</t>
+  </si>
+  <si>
+    <t>沈孟儒</t>
+  </si>
+  <si>
+    <t>臺南市</t>
+  </si>
+  <si>
+    <t>東　區</t>
+  </si>
+  <si>
+    <t>臺南市東區大學路1號</t>
+  </si>
+  <si>
+    <t>06-275-7575</t>
+  </si>
+  <si>
+    <t>06-276-6462</t>
+  </si>
+  <si>
+    <t>president@ncku.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.ncku.edu.tw/</t>
+  </si>
+  <si>
+    <t>國立中興大學</t>
+  </si>
+  <si>
+    <t>National Chung Hsing University</t>
+  </si>
+  <si>
+    <t>詹富智</t>
+  </si>
+  <si>
+    <t>臺中市</t>
+  </si>
+  <si>
+    <t>南　區</t>
+  </si>
+  <si>
+    <t>台中市南區興大路145號</t>
+  </si>
+  <si>
+    <t>04-2287-3181</t>
+  </si>
+  <si>
+    <t>04-2287-3702</t>
+  </si>
+  <si>
+    <t>fjjan@nchu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.nchu.edu.tw/index1.php</t>
+  </si>
+  <si>
+    <t>國立陽明交通大學</t>
+  </si>
+  <si>
+    <t>National Yang Ming Chiao Tung University</t>
+  </si>
+  <si>
+    <t>林奇宏</t>
+  </si>
+  <si>
+    <t>新竹市大學路1001號</t>
+  </si>
+  <si>
+    <t>03-571-2121</t>
+  </si>
+  <si>
+    <t>03-573-1776</t>
+  </si>
+  <si>
+    <t>president@nycu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.nycu.edu.tw/</t>
+  </si>
+  <si>
+    <t>國立中央大學</t>
+  </si>
+  <si>
+    <t>National Central University</t>
+  </si>
+  <si>
+    <t>蕭述三</t>
+  </si>
+  <si>
+    <t>桃園市</t>
+  </si>
+  <si>
+    <t>中壢區</t>
+  </si>
+  <si>
+    <t>桃園市中壢區中大路300號</t>
+  </si>
+  <si>
+    <t>03-422-7151</t>
+  </si>
+  <si>
+    <t>03-425-4842</t>
+  </si>
+  <si>
+    <t>president@ncu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.ncu.edu.tw</t>
+  </si>
+  <si>
+    <t>國立中山大學</t>
+  </si>
+  <si>
+    <t>National Sun Yat-sen University</t>
+  </si>
+  <si>
+    <t>李志鵬</t>
+  </si>
+  <si>
+    <t>高雄市</t>
+  </si>
+  <si>
+    <t>鼓山區</t>
+  </si>
+  <si>
+    <t>高雄市鼓山區蓮海路70號</t>
+  </si>
+  <si>
+    <t>07-525-2000</t>
+  </si>
+  <si>
+    <t>07-525-0227</t>
+  </si>
+  <si>
+    <t>president@mail.nsysu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.nsysu.edu.tw</t>
+  </si>
+  <si>
+    <t>國立臺灣海洋大學</t>
+  </si>
+  <si>
+    <t>National Taiwan Ocean University</t>
+  </si>
+  <si>
+    <t>許泰文</t>
+  </si>
+  <si>
+    <t>基隆市</t>
+  </si>
+  <si>
+    <t>中正區</t>
+  </si>
+  <si>
+    <t>基隆市北寧路2號</t>
+  </si>
+  <si>
+    <t>02-2462-2192</t>
+  </si>
+  <si>
+    <t>02-2462-0724</t>
+  </si>
+  <si>
+    <t>twhsu@mail.ntou.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.ntou.edu.tw</t>
+  </si>
+  <si>
+    <t>國立中正大學</t>
+  </si>
+  <si>
+    <t>National Chung Cheng University</t>
+  </si>
+  <si>
+    <t>蔡少正</t>
+  </si>
+  <si>
+    <t>嘉義縣</t>
+  </si>
+  <si>
+    <t>民雄鄉</t>
+  </si>
+  <si>
+    <t>嘉義縣民雄鄉大學路一段168號</t>
+  </si>
+  <si>
+    <t>05-272-0411</t>
+  </si>
+  <si>
+    <t>05-272-0401</t>
+  </si>
+  <si>
+    <t>imezhf@ccu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.ccu.edu.tw/</t>
+  </si>
+  <si>
+    <t>國立高雄師範大學</t>
+  </si>
+  <si>
+    <t>National Kaohsiung Normal University</t>
+  </si>
+  <si>
+    <t>王政彥</t>
+  </si>
+  <si>
+    <t>苓雅區</t>
+  </si>
+  <si>
+    <t>高雄市苓雅區和平一路116號</t>
+  </si>
+  <si>
+    <t>07-717-2930</t>
+  </si>
+  <si>
+    <t>07-605-1022</t>
+  </si>
+  <si>
+    <t>president@mail.nknu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.nknu.edu.tw</t>
+  </si>
+  <si>
+    <t>國立彰化師範大學</t>
+  </si>
+  <si>
+    <t>National Changhua University of Education</t>
+  </si>
+  <si>
+    <t>陳明飛</t>
+  </si>
+  <si>
+    <t>彰化縣</t>
+  </si>
+  <si>
+    <t>彰化市</t>
+  </si>
+  <si>
+    <t>彰化市進德路1號</t>
+  </si>
+  <si>
+    <t>04-723-2105</t>
+  </si>
+  <si>
+    <t>04-721-1098</t>
+  </si>
+  <si>
+    <t>chenmf@cc.ncue.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.ncue.edu.tw</t>
+  </si>
+  <si>
+    <t>國立臺北大學</t>
+  </si>
+  <si>
+    <t>National Taipei University</t>
+  </si>
+  <si>
+    <t>林道通</t>
+  </si>
+  <si>
+    <t>新北市</t>
+  </si>
+  <si>
+    <t>三峽區</t>
+  </si>
+  <si>
+    <t>新北市三峽區大學路151號</t>
+  </si>
+  <si>
+    <t>02-8674-1111</t>
+  </si>
+  <si>
+    <t>02-8671-8000</t>
+  </si>
+  <si>
+    <t>dalton@mail.ntpu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.ntpu.edu.tw/</t>
+  </si>
+  <si>
+    <t>國立嘉義大學</t>
+  </si>
+  <si>
+    <t>National Chiayi University</t>
+  </si>
+  <si>
+    <t>林翰謙</t>
+  </si>
+  <si>
+    <t>嘉義市</t>
+  </si>
+  <si>
+    <t>嘉義市東區鹿寮里學府路300號</t>
+  </si>
+  <si>
+    <t>05-271-7000</t>
+  </si>
+  <si>
+    <t>05-271-7095</t>
+  </si>
+  <si>
+    <t>president@mail.ncyu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.ncyu.edu.tw</t>
+  </si>
+  <si>
+    <t>國立高雄大學</t>
+  </si>
+  <si>
+    <t>National University of Kaohsiung</t>
+  </si>
+  <si>
+    <t>陳啓仁</t>
+  </si>
+  <si>
+    <t>楠梓區</t>
+  </si>
+  <si>
+    <t>高雄市楠梓區高雄大學路700號</t>
+  </si>
+  <si>
+    <t>07-591-9000</t>
+  </si>
+  <si>
+    <t>07-591-9083</t>
+  </si>
+  <si>
+    <t>cjchen@nuk.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.nuk.edu.tw</t>
+  </si>
+  <si>
+    <t>國立東華大學</t>
+  </si>
+  <si>
+    <t>National Dong Hwa University</t>
+  </si>
+  <si>
+    <t>徐輝明</t>
+  </si>
+  <si>
+    <t>花蓮縣</t>
+  </si>
+  <si>
+    <t>壽豐鄉</t>
+  </si>
+  <si>
+    <t>花蓮縣壽豐鄉志學村大學路2段1號</t>
+  </si>
+  <si>
+    <t>03-890-3000</t>
+  </si>
+  <si>
+    <t>03-890-0111</t>
+  </si>
+  <si>
+    <t>hmhsu@gms.ndhu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.ndhu.edu.tw</t>
+  </si>
+  <si>
+    <t>國立暨南國際大學</t>
+  </si>
+  <si>
+    <t>National Chi Nan University</t>
+  </si>
+  <si>
+    <t>武東星</t>
+  </si>
+  <si>
+    <t>南投縣</t>
+  </si>
+  <si>
+    <t>埔里鎮</t>
+  </si>
+  <si>
+    <t>南投縣埔里鎮大學路1號</t>
+  </si>
+  <si>
+    <t>049-291-0960</t>
+  </si>
+  <si>
+    <t>049-291-0413</t>
+  </si>
+  <si>
+    <t>president@ncnu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.ncnu.edu.tw</t>
+  </si>
+  <si>
+    <t>技專校院</t>
+  </si>
+  <si>
+    <t>國立臺灣科技大學</t>
+  </si>
+  <si>
+    <t>National Taiwan University of Science and Technology</t>
+  </si>
+  <si>
+    <t>顏家鈺</t>
+  </si>
+  <si>
+    <t>臺北市大安區基隆路四段43號</t>
+  </si>
+  <si>
+    <t>02-2733-3141</t>
+  </si>
+  <si>
+    <t>02-2733-1044</t>
+  </si>
+  <si>
+    <t>president@mail.ntust.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.ntust.edu.tw/home.php</t>
+  </si>
+  <si>
+    <t>國立雲林科技大學</t>
+  </si>
+  <si>
+    <t>National Yunlin University of Science &amp; Technology</t>
+  </si>
+  <si>
+    <t>張傳育</t>
+  </si>
+  <si>
+    <t>雲林縣</t>
+  </si>
+  <si>
+    <t>斗六市</t>
+  </si>
+  <si>
+    <t>雲林縣斗六市大學路三段123號</t>
+  </si>
+  <si>
+    <t>05-534-2601</t>
+  </si>
+  <si>
+    <t>05-532-1719</t>
+  </si>
+  <si>
+    <t>chuanyu@yuntech.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.yuntech.edu.tw/</t>
+  </si>
+  <si>
+    <t>國立屏東科技大學</t>
+  </si>
+  <si>
+    <t>National Pingtung University of Science and Technology</t>
+  </si>
+  <si>
+    <t>張金龍</t>
+  </si>
+  <si>
+    <t>屏東縣</t>
+  </si>
+  <si>
+    <t>內埔鄉</t>
+  </si>
+  <si>
+    <t>屏東縣內埔鄉老埤村學府路1號</t>
+  </si>
+  <si>
+    <t>08-770-3202</t>
+  </si>
+  <si>
+    <t>08-770-2226</t>
+  </si>
+  <si>
+    <t>president@mail.npust.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.npust.edu.tw/</t>
+  </si>
+  <si>
+    <t>國立臺北科技大學</t>
+  </si>
+  <si>
+    <t>National Taipei University of Technology</t>
+  </si>
+  <si>
+    <t>王錫福</t>
+  </si>
+  <si>
+    <t>臺北市大安區忠孝東路三段1號</t>
+  </si>
+  <si>
+    <t>02-2771-2171</t>
+  </si>
+  <si>
+    <t>02-2781-5578</t>
+  </si>
+  <si>
+    <t>sfwang@ntut.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.ntut.edu.tw/</t>
+  </si>
+  <si>
+    <t>國立臺北藝術大學</t>
+  </si>
+  <si>
+    <t>Taipei National University of the Arts</t>
+  </si>
+  <si>
+    <t>劉錫權</t>
+  </si>
+  <si>
+    <t>北投區</t>
+  </si>
+  <si>
+    <t>臺北市北投區學園路1號</t>
+  </si>
+  <si>
+    <t>02-2896-1000</t>
+  </si>
+  <si>
+    <t>02-2893-8845</t>
+  </si>
+  <si>
+    <t>liu.hch@finearts.tnua.edu.tw</t>
+  </si>
+  <si>
+    <t>https://w3.tnua.edu.tw/</t>
+  </si>
+  <si>
+    <t>國立臺灣藝術大學</t>
+  </si>
+  <si>
+    <t>National Taiwan University of Arts</t>
+  </si>
+  <si>
+    <t>鐘世凱</t>
+  </si>
+  <si>
+    <t>板橋區</t>
+  </si>
+  <si>
+    <t>新北市板橋區大觀路1段59號</t>
+  </si>
+  <si>
+    <t>02-2272-2181</t>
+  </si>
+  <si>
+    <t>02-2969-4830</t>
+  </si>
+  <si>
+    <t>kyle@ntua.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.ntua.edu.tw</t>
+  </si>
+  <si>
+    <t>國立臺東大學</t>
+  </si>
+  <si>
+    <t>National Taitung University</t>
+  </si>
+  <si>
+    <t>鄭憲宗</t>
+  </si>
+  <si>
+    <t>臺東縣</t>
+  </si>
+  <si>
+    <t>臺東市</t>
+  </si>
+  <si>
+    <t>臺東市大學路二段369號</t>
+  </si>
+  <si>
+    <t>089-318-855</t>
+  </si>
+  <si>
+    <t>089-517-316</t>
+  </si>
+  <si>
+    <t>president@nttu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.nttu.edu.tw</t>
+  </si>
+  <si>
+    <t>國立宜蘭大學</t>
+  </si>
+  <si>
+    <t>National Ilan University</t>
+  </si>
+  <si>
+    <t>陳威戎</t>
+  </si>
+  <si>
+    <t>宜蘭縣</t>
+  </si>
+  <si>
+    <t>宜蘭市</t>
+  </si>
+  <si>
+    <t>宜蘭縣宜蘭市神農路1段1號</t>
+  </si>
+  <si>
+    <t>03-935-7400</t>
+  </si>
+  <si>
+    <t>03-935-9339</t>
+  </si>
+  <si>
+    <t>pcwu@niu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.niu.edu.tw</t>
+  </si>
+  <si>
+    <t>國立聯合大學</t>
+  </si>
+  <si>
+    <t>National United University</t>
+  </si>
+  <si>
+    <t>侯帝光</t>
+  </si>
+  <si>
+    <t>苗栗縣</t>
+  </si>
+  <si>
+    <t>苗栗市</t>
+  </si>
+  <si>
+    <t>苗栗縣苗栗市南勢里聯大二號</t>
+  </si>
+  <si>
+    <t>037-382-000</t>
+  </si>
+  <si>
+    <t>037-331-165</t>
+  </si>
+  <si>
+    <t>max@nuu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.nuu.edu.tw</t>
+  </si>
+  <si>
+    <t>國立虎尾科技大學</t>
+  </si>
+  <si>
+    <t>National Formosa University</t>
+  </si>
+  <si>
+    <t>張信良</t>
+  </si>
+  <si>
+    <t>虎尾鎮</t>
+  </si>
+  <si>
+    <t>雲林縣虎尾鎮文化路64號</t>
+  </si>
+  <si>
+    <t>05-631-5000</t>
+  </si>
+  <si>
+    <t>05-631-5999</t>
+  </si>
+  <si>
+    <t>changsl@nfu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.nfu.edu.tw/zh/</t>
+  </si>
+  <si>
+    <t>國立臺南藝術大學</t>
+  </si>
+  <si>
+    <t>Tainan National University of the Arts</t>
+  </si>
+  <si>
+    <t>邱上嘉</t>
+  </si>
+  <si>
+    <t>官田區</t>
+  </si>
+  <si>
+    <t>臺南市官田區大崎里大崎66號</t>
+  </si>
+  <si>
+    <t>06-693-0100</t>
+  </si>
+  <si>
+    <t>06-693-0121</t>
+  </si>
+  <si>
+    <t>em1102@tnnua.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.tnnua.edu.tw</t>
+  </si>
+  <si>
+    <t>國立臺南大學</t>
+  </si>
+  <si>
+    <t>National University of Tainan</t>
+  </si>
+  <si>
+    <t>陳惠萍</t>
+  </si>
+  <si>
+    <t>女</t>
+  </si>
+  <si>
+    <t>中西區</t>
+  </si>
+  <si>
+    <t>臺南市中西區樹林街2段33號</t>
+  </si>
+  <si>
+    <t>06-213-3111</t>
+  </si>
+  <si>
+    <t>06-214-4409</t>
+  </si>
+  <si>
+    <t>grace@mail.nutn.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.nutn.edu.tw</t>
+  </si>
+  <si>
+    <t>國立臺北教育大學</t>
+  </si>
+  <si>
+    <t>National Taipei University of Education</t>
+  </si>
+  <si>
+    <t>陳慶和</t>
+  </si>
+  <si>
+    <t>臺北市和平東路2段134號</t>
+  </si>
+  <si>
+    <t>02-2732-1104</t>
+  </si>
+  <si>
+    <t>02-2733-0473</t>
+  </si>
+  <si>
+    <t>chchen@tea.ntue.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.ntue.edu.tw</t>
+  </si>
+  <si>
+    <t>國立臺中教育大學</t>
+  </si>
+  <si>
+    <t>National Taichung University of Education</t>
+  </si>
+  <si>
+    <t>郭伯臣</t>
+  </si>
+  <si>
+    <t>西　區</t>
+  </si>
+  <si>
+    <t>臺中市西區民生路140號</t>
+  </si>
+  <si>
+    <t>04-2218-3199</t>
+  </si>
+  <si>
+    <t>04-2218-3180</t>
+  </si>
+  <si>
+    <t>kbc@mail.ntcu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.ntcu.edu.tw</t>
+  </si>
+  <si>
+    <t>國立澎湖科技大學</t>
+  </si>
+  <si>
+    <t>National Penghu University of Science and Technology</t>
+  </si>
+  <si>
+    <t>邱采新代理</t>
+  </si>
+  <si>
+    <t>澎湖縣</t>
+  </si>
+  <si>
+    <t>馬公市</t>
+  </si>
+  <si>
+    <t>澎湖縣馬公市六合路300號</t>
+  </si>
+  <si>
+    <t>06-926-4115</t>
+  </si>
+  <si>
+    <t>06-926-5349</t>
+  </si>
+  <si>
+    <t>thchiu@gms.npu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.npu.edu.tw/home.aspx</t>
+  </si>
+  <si>
+    <t>國立勤益科技大學</t>
+  </si>
+  <si>
+    <t>National Chin-Yi University of Technology</t>
+  </si>
+  <si>
+    <t>陳坤盛</t>
+  </si>
+  <si>
+    <t>太平區</t>
+  </si>
+  <si>
+    <t>臺中市太平區坪林里中山路二段57號</t>
+  </si>
+  <si>
+    <t>04-2392-4505</t>
+  </si>
+  <si>
+    <t>04-2392-3663</t>
+  </si>
+  <si>
+    <t>president@ncut.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.ncut.edu.tw/</t>
+  </si>
+  <si>
+    <t>國立體育大學</t>
+  </si>
+  <si>
+    <t>National Taiwan Sport University</t>
+  </si>
+  <si>
+    <t>邱炳坤</t>
+  </si>
+  <si>
+    <t>龜山區</t>
+  </si>
+  <si>
+    <t>桃園市龜山區文化一路250號</t>
+  </si>
+  <si>
+    <t>03-328-3201</t>
+  </si>
+  <si>
+    <t>03-328-4047</t>
+  </si>
+  <si>
+    <t>pkchiu@ntsu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.ntsu.edu.tw</t>
+  </si>
+  <si>
+    <t>國立臺北護理健康大學</t>
+  </si>
+  <si>
+    <t>National Taipei University of Nursing and Health Sciences</t>
+  </si>
+  <si>
+    <t>吳淑芳</t>
+  </si>
+  <si>
+    <t>臺北市北投區明德路365號</t>
+  </si>
+  <si>
+    <t>02-2822-7101</t>
+  </si>
+  <si>
+    <t>02-2822-9389</t>
+  </si>
+  <si>
+    <t>shufang@ntunhs.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.ntunhs.edu.tw/</t>
+  </si>
+  <si>
+    <t>國立高雄餐旅大學</t>
+  </si>
+  <si>
+    <t>National Kaohsiung University of Hospitality and Tourism</t>
+  </si>
+  <si>
+    <t>陳國泰代理</t>
+  </si>
+  <si>
+    <t>小港區</t>
+  </si>
+  <si>
+    <t>高雄市小港區松和路1號</t>
+  </si>
+  <si>
+    <t>07-806-0505</t>
+  </si>
+  <si>
+    <t>07-806-1473</t>
+  </si>
+  <si>
+    <t>t1224@mail.nkuht.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.nkuht.edu.tw/</t>
+  </si>
+  <si>
+    <t>國立金門大學</t>
+  </si>
+  <si>
+    <t>National Quemoy University</t>
+  </si>
+  <si>
+    <t>陳建民</t>
+  </si>
+  <si>
+    <t>金門縣</t>
+  </si>
+  <si>
+    <t>金寧鄉</t>
+  </si>
+  <si>
+    <t>金門縣金寧鄉大學路1號</t>
+  </si>
+  <si>
+    <t>082-313-300</t>
+  </si>
+  <si>
+    <t>082-313-304</t>
+  </si>
+  <si>
+    <t>sakura@nqu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.nqu.edu.tw</t>
+  </si>
+  <si>
+    <t>國立臺灣體育運動大學</t>
+  </si>
+  <si>
+    <t>National Taiwan University of Sport</t>
+  </si>
+  <si>
+    <t>許光麃</t>
+  </si>
+  <si>
+    <t>北　區</t>
+  </si>
+  <si>
+    <t>臺中市北區雙十路1段16號</t>
+  </si>
+  <si>
+    <t>04-2221-3108</t>
+  </si>
+  <si>
+    <t>04-2223-2463</t>
+  </si>
+  <si>
+    <t>boss@ntus.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.ntus.edu.tw</t>
+  </si>
+  <si>
+    <t>國立臺中科技大學</t>
+  </si>
+  <si>
+    <t>National  Taichung University Of  Science And Technology</t>
+  </si>
+  <si>
+    <t>陳同孝</t>
+  </si>
+  <si>
+    <t>北區</t>
+  </si>
+  <si>
+    <t>臺中巿北區三民路三段129號</t>
+  </si>
+  <si>
+    <t>04-2219-5678</t>
+  </si>
+  <si>
+    <t>04-2219-5011</t>
+  </si>
+  <si>
+    <t>president@nutc.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.nutc.edu.tw/</t>
+  </si>
+  <si>
+    <t>國立臺北商業大學</t>
+  </si>
+  <si>
+    <t>National Taipei University of  Business</t>
+  </si>
+  <si>
+    <t>任立中</t>
+  </si>
+  <si>
+    <t>臺北市中正區濟南路一段321號</t>
+  </si>
+  <si>
+    <t>02-3322-2777</t>
+  </si>
+  <si>
+    <t>02-2322-6109</t>
+  </si>
+  <si>
+    <t>lichung@ntub.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.ntub.edu.tw</t>
+  </si>
+  <si>
+    <t>國立屏東大學</t>
+  </si>
+  <si>
+    <t>National Pingtung University</t>
+  </si>
+  <si>
+    <t>陳永森</t>
+  </si>
+  <si>
+    <t>屏東市</t>
+  </si>
+  <si>
+    <t>屏東市民生路4-18號</t>
+  </si>
+  <si>
+    <t>08-766-3800</t>
+  </si>
+  <si>
+    <t>08-723-4406</t>
+  </si>
+  <si>
+    <t>ecogeo@mail.nptu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.nptu.edu.tw</t>
+  </si>
+  <si>
+    <t>國立高雄科技大學</t>
+  </si>
+  <si>
+    <t>National Kaohsiung University of Science and Technology</t>
+  </si>
+  <si>
+    <t>楊慶煜</t>
+  </si>
+  <si>
+    <t>三民區</t>
+  </si>
+  <si>
+    <t>高雄市三民區建工路415號</t>
+  </si>
+  <si>
+    <t>07-381-4526</t>
+  </si>
+  <si>
+    <t>07-383-8435</t>
+  </si>
+  <si>
+    <t>cyyang@nkust.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.nkust.edu.tw</t>
+  </si>
+  <si>
+    <t>國立臺灣戲曲學院</t>
+  </si>
+  <si>
+    <t>National Taiwan College of Performing Arts</t>
+  </si>
+  <si>
+    <t>李揚</t>
+  </si>
+  <si>
+    <t>內湖區</t>
+  </si>
+  <si>
+    <t>臺北市內湖區內湖路二段177號</t>
+  </si>
+  <si>
+    <t>02-2796-2666</t>
+  </si>
+  <si>
+    <t>02-2790-0289</t>
+  </si>
+  <si>
+    <t>victorliu@tcpa.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.tcpa.edu.tw/</t>
+  </si>
+  <si>
+    <t>國立臺南護理專科學校</t>
+  </si>
+  <si>
+    <t>National Tainan Junior College of Nursing</t>
+  </si>
+  <si>
+    <t>黃美智</t>
+  </si>
+  <si>
+    <t>臺南市中西區民族路二段78號</t>
+  </si>
+  <si>
+    <t>06-211-0600</t>
+  </si>
+  <si>
+    <t>06-241-1065</t>
+  </si>
+  <si>
+    <t>meichih@mail.ntin.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.ntin.edu.tw/</t>
+  </si>
+  <si>
+    <t>國立臺東專科學校</t>
+  </si>
+  <si>
+    <t>National Taitung Junior College</t>
+  </si>
+  <si>
+    <t>邱垂昱</t>
+  </si>
+  <si>
+    <t>臺東縣臺東市正氣北路911號</t>
+  </si>
+  <si>
+    <t>089-226-389</t>
+  </si>
+  <si>
+    <t>089-225-185</t>
+  </si>
+  <si>
+    <t>cychiu@ntc.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.ntc.edu.tw/</t>
+  </si>
+  <si>
+    <t>0A01</t>
+  </si>
+  <si>
+    <t>空中大學</t>
+  </si>
+  <si>
+    <t>國立空中大學</t>
+  </si>
+  <si>
+    <t>National Open University</t>
+  </si>
+  <si>
+    <t>許立一</t>
+  </si>
+  <si>
+    <t>蘆洲區</t>
+  </si>
+  <si>
+    <t>新北市蘆洲區中正路 172 號</t>
+  </si>
+  <si>
+    <t>02-2282-9355</t>
+  </si>
+  <si>
+    <t>02-2288-6061</t>
+  </si>
+  <si>
+    <t>president@mail.nou.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.nou.edu.tw/</t>
+  </si>
+  <si>
+    <t>私立</t>
+  </si>
+  <si>
+    <t>東海大學</t>
+  </si>
+  <si>
+    <t>Tunghai University</t>
+  </si>
+  <si>
+    <t>張國恩</t>
+  </si>
+  <si>
+    <t>西屯區</t>
+  </si>
+  <si>
+    <t>臺中市西屯區臺灣大道4段1727號</t>
+  </si>
+  <si>
+    <t>04-2359-0121</t>
+  </si>
+  <si>
+    <t>04-2350-0847</t>
+  </si>
+  <si>
+    <t>president@thu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.thu.edu.tw</t>
+  </si>
+  <si>
+    <t>輔仁大學學校財團法人輔仁大學</t>
+  </si>
+  <si>
+    <t>Fu Jen Catholic University</t>
+  </si>
+  <si>
+    <t>藍易振</t>
+  </si>
+  <si>
+    <t>新莊區</t>
+  </si>
+  <si>
+    <t>新北市新莊區中正路510號</t>
+  </si>
+  <si>
+    <t>02-2905-2000</t>
+  </si>
+  <si>
+    <t>159913@mail.fju.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.fju.edu.tw</t>
+  </si>
+  <si>
+    <t>東吳大學</t>
+  </si>
+  <si>
+    <t>Soochow University</t>
+  </si>
+  <si>
+    <t>詹乾隆</t>
+  </si>
+  <si>
+    <t>士林區</t>
+  </si>
+  <si>
+    <t>臺北市士林區臨溪路70號</t>
+  </si>
+  <si>
+    <t>02-2881-9471</t>
+  </si>
+  <si>
+    <t>02-2882-1522</t>
+  </si>
+  <si>
+    <t>president@scu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.scu.edu.tw</t>
+  </si>
+  <si>
+    <t>中原大學</t>
+  </si>
+  <si>
+    <t>Chung Yuan Christian University</t>
+  </si>
+  <si>
+    <t>李英明</t>
+  </si>
+  <si>
+    <t>桃園市中壢區中北路200號</t>
+  </si>
+  <si>
+    <t>03-265-9999</t>
+  </si>
+  <si>
+    <t>03-265-8888</t>
+  </si>
+  <si>
+    <t>jimmylee@cycu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.cycu.edu.tw</t>
+  </si>
+  <si>
+    <t>淡江大學學校財團法人淡江大學</t>
+  </si>
+  <si>
+    <t>Tamkang University</t>
+  </si>
+  <si>
+    <t>葛煥昭</t>
+  </si>
+  <si>
+    <t>淡水區</t>
+  </si>
+  <si>
+    <t>新北市淡水區英專路151號</t>
+  </si>
+  <si>
+    <t>02-2621-5656</t>
+  </si>
+  <si>
+    <t>02-2622-3204</t>
+  </si>
+  <si>
+    <t>prrx_oa@o365.tku.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.tku.edu.tw</t>
+  </si>
+  <si>
+    <t>中國文化大學</t>
+  </si>
+  <si>
+    <t>Chinese Culture University</t>
+  </si>
+  <si>
+    <t>王子奇</t>
+  </si>
+  <si>
+    <t>臺北市士林區華岡路55號</t>
+  </si>
+  <si>
+    <t>02-2861-0511</t>
+  </si>
+  <si>
+    <t>02-2861-5031</t>
+  </si>
+  <si>
+    <t>wzq8@faculty.pccu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.pccu.edu.tw</t>
+  </si>
+  <si>
+    <t>逢甲大學</t>
+  </si>
+  <si>
+    <t>Feng Chia University</t>
+  </si>
+  <si>
+    <t>王葳</t>
+  </si>
+  <si>
+    <t>臺中市西屯區文華路100號</t>
+  </si>
+  <si>
+    <t>04-2451-7250</t>
+  </si>
+  <si>
+    <t>04-2451-0081</t>
+  </si>
+  <si>
+    <t>wangwei@o365.fcu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.fcu.edu.tw/</t>
+  </si>
+  <si>
+    <t>靜宜大學</t>
+  </si>
+  <si>
+    <t>Providence University</t>
+  </si>
+  <si>
+    <t>林思伶</t>
+  </si>
+  <si>
+    <t>沙鹿區</t>
+  </si>
+  <si>
+    <t>臺中市沙鹿區臺灣大道7段200號</t>
+  </si>
+  <si>
+    <t>04-2632-8001</t>
+  </si>
+  <si>
+    <t>04-2631-1170</t>
+  </si>
+  <si>
+    <t>sllin@pu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.pu.edu.tw</t>
+  </si>
+  <si>
+    <t>長庚大學</t>
+  </si>
+  <si>
+    <t>Chang Gung University</t>
+  </si>
+  <si>
+    <t>湯明哲</t>
+  </si>
+  <si>
+    <t>桃園市龜山區文化一路259號</t>
+  </si>
+  <si>
+    <t>03-211-8800</t>
+  </si>
+  <si>
+    <t>03-211-8700</t>
+  </si>
+  <si>
+    <t>mjtang@mail.cgu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.cgu.edu.tw</t>
+  </si>
+  <si>
+    <t>元智大學</t>
+  </si>
+  <si>
+    <t>Yuan Ze University</t>
+  </si>
+  <si>
+    <t>廖慶榮</t>
+  </si>
+  <si>
+    <t>桃園市中壢區遠東路135號</t>
+  </si>
+  <si>
+    <t>03-463-8800</t>
+  </si>
+  <si>
+    <t>03-463-8900</t>
+  </si>
+  <si>
+    <t>ptdept@saturn.yzu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.yzu.edu.tw</t>
+  </si>
+  <si>
+    <t>中華大學學校財團法人中華大學</t>
+  </si>
+  <si>
+    <t>Chung Hua University</t>
+  </si>
+  <si>
+    <t>劉維琪</t>
+  </si>
+  <si>
+    <t>新竹市東香里六鄰五福路2段707號</t>
+  </si>
+  <si>
+    <t>03-537-4281</t>
+  </si>
+  <si>
+    <t>03-537-3771</t>
+  </si>
+  <si>
+    <t>vwliu@chu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www1.chu.edu.tw/</t>
+  </si>
+  <si>
+    <t>大葉大學</t>
+  </si>
+  <si>
+    <t>Da-Yeh University</t>
+  </si>
+  <si>
+    <t>方文昌</t>
+  </si>
+  <si>
+    <t>大村鄉</t>
+  </si>
+  <si>
+    <t>彰化縣大村鄉學府路168號</t>
+  </si>
+  <si>
+    <t>04-851-1888</t>
+  </si>
+  <si>
+    <t>04-851-1666</t>
+  </si>
+  <si>
+    <t>fang@mail.dyu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.dyu.edu.tw/</t>
+  </si>
+  <si>
+    <t>華梵學校財團法人華梵大學</t>
+  </si>
+  <si>
+    <t>Huafan University</t>
+  </si>
+  <si>
+    <t>李天任</t>
+  </si>
+  <si>
+    <t>石碇區</t>
+  </si>
+  <si>
+    <t>新北市石碇區華梵路1號</t>
+  </si>
+  <si>
+    <t>02-2663-2102</t>
+  </si>
+  <si>
+    <t>02-2663-3234</t>
+  </si>
+  <si>
+    <t>trleex@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.hfu.edu.tw</t>
+  </si>
+  <si>
+    <t>義守大學</t>
+  </si>
+  <si>
+    <t>I-Shou University</t>
+  </si>
+  <si>
+    <t>古源光</t>
+  </si>
+  <si>
+    <t>大樹區</t>
+  </si>
+  <si>
+    <t>高雄市大樹區學城路1段1號</t>
+  </si>
+  <si>
+    <t>07-657-7711</t>
+  </si>
+  <si>
+    <t>07-657-7056</t>
+  </si>
+  <si>
+    <t>mikeguu@isu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.isu.edu.tw</t>
+  </si>
+  <si>
+    <t>世新大學</t>
+  </si>
+  <si>
+    <t>Shih Hsin University</t>
+  </si>
+  <si>
+    <t>陳清河</t>
+  </si>
+  <si>
+    <t>臺北市文山區木柵路1段17巷1號</t>
+  </si>
+  <si>
+    <t>02-2236-8225</t>
+  </si>
+  <si>
+    <t>02-2236-5133</t>
+  </si>
+  <si>
+    <t>pres@mail.shu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.shu.edu.tw</t>
+  </si>
+  <si>
+    <t>銘傳大學</t>
+  </si>
+  <si>
+    <t>Ming Chuan University</t>
+  </si>
+  <si>
+    <t>李選士</t>
+  </si>
+  <si>
+    <t>臺北市士林區中山北路5段250號</t>
+  </si>
+  <si>
+    <t>02-2882-4564</t>
+  </si>
+  <si>
+    <t>02-2882-0521</t>
+  </si>
+  <si>
+    <t>hslee@mail.mcu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.mcu.edu.tw</t>
+  </si>
+  <si>
+    <t>實踐大學</t>
+  </si>
+  <si>
+    <t>Shih Chien University</t>
+  </si>
+  <si>
+    <t>洪久賢代理</t>
+  </si>
+  <si>
+    <t>中山區</t>
+  </si>
+  <si>
+    <t>臺北市中山區大直街70號</t>
+  </si>
+  <si>
+    <t>02-2538-1111</t>
+  </si>
+  <si>
+    <t>02-2533-6293</t>
+  </si>
+  <si>
+    <t>president@g2.usc.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.usc.edu.tw</t>
+  </si>
+  <si>
+    <t>朝陽科技大學</t>
+  </si>
+  <si>
+    <t>Chaoyang University of Technology</t>
+  </si>
+  <si>
+    <t>鄭道明</t>
+  </si>
+  <si>
+    <t>霧峰區</t>
+  </si>
+  <si>
+    <t>臺中市霧峰區吉峰東路168號</t>
+  </si>
+  <si>
+    <t>04-2332-3000</t>
+  </si>
+  <si>
+    <t>04-2332-9898</t>
+  </si>
+  <si>
+    <t>pres@cyut.edu.tw</t>
+  </si>
+  <si>
+    <t>https://web.cyut.edu.tw</t>
+  </si>
+  <si>
+    <t>高雄醫學大學</t>
+  </si>
+  <si>
+    <t>Kaohsiung Medical University</t>
+  </si>
+  <si>
+    <t>余明隆</t>
+  </si>
+  <si>
+    <t>高雄市三民區十全一路100號</t>
+  </si>
+  <si>
+    <t>07-312-1101</t>
+  </si>
+  <si>
+    <t>07-321-2062</t>
+  </si>
+  <si>
+    <t>d780178@kmu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.kmu.edu.tw/</t>
+  </si>
+  <si>
+    <t>南華大學</t>
+  </si>
+  <si>
+    <t>Nanhua university</t>
+  </si>
+  <si>
+    <t>高俊雄</t>
+  </si>
+  <si>
+    <t>大林鎮</t>
+  </si>
+  <si>
+    <t>嘉義縣大林鎮中坑里10鄰南華路1段55號</t>
+  </si>
+  <si>
+    <t>05-272-1001</t>
+  </si>
+  <si>
+    <t>05-242-7147</t>
+  </si>
+  <si>
+    <t>kch@nhu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.nhu.edu.tw</t>
+  </si>
+  <si>
+    <t>真理大學</t>
+  </si>
+  <si>
+    <t>Aletheia University</t>
+  </si>
+  <si>
+    <t>李宜芳</t>
+  </si>
+  <si>
+    <t>新北市淡水區真理街32號</t>
+  </si>
+  <si>
+    <t>02-2621-2121</t>
+  </si>
+  <si>
+    <t>02-2623-5533</t>
+  </si>
+  <si>
+    <t>au4443@mail.au.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.au.edu.tw</t>
+  </si>
+  <si>
+    <t>大同大學</t>
+  </si>
+  <si>
+    <t>Tatung University</t>
+  </si>
+  <si>
+    <t>何明果</t>
+  </si>
+  <si>
+    <t>臺北市中山北路3段40號</t>
+  </si>
+  <si>
+    <t>02-2182-2928</t>
+  </si>
+  <si>
+    <t>02-2585-5911</t>
+  </si>
+  <si>
+    <t>presid@gm.ttu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.ttu.edu.tw</t>
+  </si>
+  <si>
+    <t>南臺學校財團法人南臺科技大學</t>
+  </si>
+  <si>
+    <t>Southern Taiwan University of Science and Technology</t>
+  </si>
+  <si>
+    <t>黃能富</t>
+  </si>
+  <si>
+    <t>永康區</t>
+  </si>
+  <si>
+    <t>臺南市永康區南台街1號</t>
+  </si>
+  <si>
+    <t>06-253-3131</t>
+  </si>
+  <si>
+    <t>06-254-3031</t>
+  </si>
+  <si>
+    <t>nfhuang@mail.stust.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.stust.edu.tw</t>
+  </si>
+  <si>
+    <t>崑山科技大學</t>
+  </si>
+  <si>
+    <t>Kun Shan University</t>
+  </si>
+  <si>
+    <t>李天祥</t>
+  </si>
+  <si>
+    <t>臺南市永康區崑大路195號</t>
+  </si>
+  <si>
+    <t>06-272-7175</t>
+  </si>
+  <si>
+    <t>06-205-9929</t>
+  </si>
+  <si>
+    <t>president@mail.ksu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.ksu.edu.tw/</t>
+  </si>
+  <si>
+    <t>嘉藥學校財團法人嘉南藥理大學</t>
+  </si>
+  <si>
+    <t>Chia Nan University of Pharmacy &amp; Science</t>
+  </si>
+  <si>
+    <t>張翊峰</t>
+  </si>
+  <si>
+    <t>仁德區</t>
+  </si>
+  <si>
+    <t>臺南市仁德區二仁路一段60號</t>
+  </si>
+  <si>
+    <t>06-266-4911</t>
+  </si>
+  <si>
+    <t>06-266-6411</t>
+  </si>
+  <si>
+    <t>box101@mail.cnu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.cnu.edu.tw/</t>
+  </si>
+  <si>
+    <t>樹德科技大學</t>
+  </si>
+  <si>
+    <t>Shu-Te University</t>
+  </si>
+  <si>
+    <t>王昭雄</t>
+  </si>
+  <si>
+    <t>燕巢區</t>
+  </si>
+  <si>
+    <t>高雄市燕巢區橫山路59號</t>
+  </si>
+  <si>
+    <t>07-615-8000</t>
+  </si>
+  <si>
+    <t>07-615-8999</t>
+  </si>
+  <si>
+    <t>syong@stu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.stu.edu.tw/</t>
+  </si>
+  <si>
+    <t>慈濟學校財團法人慈濟大學</t>
+  </si>
+  <si>
+    <t>Tzu Chi University</t>
+  </si>
+  <si>
+    <t>劉怡均</t>
+  </si>
+  <si>
+    <t>花蓮市</t>
+  </si>
+  <si>
+    <t>花蓮市中央路3段701號</t>
+  </si>
+  <si>
+    <t>03-856-5301</t>
+  </si>
+  <si>
+    <t>03-856-2500</t>
+  </si>
+  <si>
+    <t>ycliu@gms.tcu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.tcu.edu.tw</t>
+  </si>
+  <si>
+    <t>臺北醫學大學</t>
+  </si>
+  <si>
+    <t>Taipei Medical University</t>
+  </si>
+  <si>
+    <t>吳麥斯</t>
+  </si>
+  <si>
+    <t>信義區</t>
+  </si>
+  <si>
+    <t>臺北市信義區吳興街250號</t>
+  </si>
+  <si>
+    <t>02-2736-1661</t>
+  </si>
+  <si>
+    <t>02-2378-7795</t>
+  </si>
+  <si>
+    <t>maiszuwu@tmu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.tmu.edu.tw</t>
+  </si>
+  <si>
+    <t>中和區</t>
+  </si>
+  <si>
+    <t>中山醫學大學</t>
+  </si>
+  <si>
+    <t>Chung Shan Medical University</t>
+  </si>
+  <si>
+    <t>黃建寧</t>
+  </si>
+  <si>
+    <t>臺中市南區建國北路1段110號</t>
+  </si>
+  <si>
+    <t>04-2473-0022</t>
+  </si>
+  <si>
+    <t>04-2475-9950</t>
+  </si>
+  <si>
+    <t>cs1021@csmu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.csmu.edu.tw/</t>
+  </si>
+  <si>
+    <t>龍華科技大學</t>
+  </si>
+  <si>
+    <t>Lunghwa University of Science and Technology</t>
+  </si>
+  <si>
+    <t>葛自祥</t>
+  </si>
+  <si>
+    <t>桃園市龜山區萬壽路一段300號</t>
+  </si>
+  <si>
+    <t>02-8209-3211</t>
+  </si>
+  <si>
+    <t>02-8209-4650</t>
+  </si>
+  <si>
+    <t>thko@mail.lhu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.lhu.edu.tw</t>
+  </si>
+  <si>
+    <t>輔英科技大學</t>
+  </si>
+  <si>
+    <t>Fooyin University</t>
+  </si>
+  <si>
+    <t>林惠賢</t>
+  </si>
+  <si>
+    <t>大寮區</t>
+  </si>
+  <si>
+    <t>高雄市大寮區進學路151號</t>
+  </si>
+  <si>
+    <t>07-781-1151</t>
+  </si>
+  <si>
+    <t>07-782-8805</t>
+  </si>
+  <si>
+    <t>pt@fy.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.fy.edu.tw/</t>
+  </si>
+  <si>
+    <t>明新學校財團法人明新科技大學</t>
+  </si>
+  <si>
+    <t>Minghsin University of Science and Technology</t>
+  </si>
+  <si>
+    <t>呂明峯</t>
+  </si>
+  <si>
+    <t>新竹縣</t>
+  </si>
+  <si>
+    <t>新豐鄉</t>
+  </si>
+  <si>
+    <t>新竹縣新豐鄉新興路1號</t>
+  </si>
+  <si>
+    <t>03-559-3142</t>
+  </si>
+  <si>
+    <t>03-559-5142</t>
+  </si>
+  <si>
+    <t>president@must.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.must.edu.tw/</t>
+  </si>
+  <si>
+    <t>長榮大學</t>
+  </si>
+  <si>
+    <t>Chang Jung Christian University</t>
+  </si>
+  <si>
+    <t>孫惠民代理</t>
+  </si>
+  <si>
+    <t>歸仁區</t>
+  </si>
+  <si>
+    <t>臺南市歸仁區長大路1號</t>
+  </si>
+  <si>
+    <t>06-278-5123</t>
+  </si>
+  <si>
+    <t>06-278-5555</t>
+  </si>
+  <si>
+    <t>prince@mail.cjcu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.cjcu.edu.tw</t>
+  </si>
+  <si>
+    <t>弘光科技大學</t>
+  </si>
+  <si>
+    <t>Hungkuang University</t>
+  </si>
+  <si>
+    <t>蘇弘毅</t>
+  </si>
+  <si>
+    <t>臺中市沙鹿區晉江里臺灣大道六段1018號</t>
+  </si>
+  <si>
+    <t>04-2631-8652</t>
+  </si>
+  <si>
+    <t>04-2631-0744</t>
+  </si>
+  <si>
+    <t>president@sunrise.hk.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.hk.edu.tw</t>
+  </si>
+  <si>
+    <t>中國醫藥大學</t>
+  </si>
+  <si>
+    <t>China Medical University</t>
+  </si>
+  <si>
+    <t>江安世</t>
+  </si>
+  <si>
+    <t>北屯區</t>
+  </si>
+  <si>
+    <t>臺中市北屯區經貿路一段100號</t>
+  </si>
+  <si>
+    <t>04-2205-3366</t>
+  </si>
+  <si>
+    <t>04-2206-0248</t>
+  </si>
+  <si>
+    <t>aschiang@mail.cmu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.cmu.edu.tw</t>
+  </si>
+  <si>
+    <t>健行學校財團法人健行科技大學</t>
+  </si>
+  <si>
+    <t>Chien Hsin University of Science and Technology</t>
+  </si>
+  <si>
+    <t>郭瑞祥</t>
+  </si>
+  <si>
+    <t>桃園市中壢區健行路229號</t>
+  </si>
+  <si>
+    <t>03-458-1196</t>
+  </si>
+  <si>
+    <t>president@uch.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.uch.edu.tw/index.htm</t>
+  </si>
+  <si>
+    <t>正修學校財團法人正修科技大學</t>
+  </si>
+  <si>
+    <t>Cheng Shiu University</t>
+  </si>
+  <si>
+    <t>龔瑞璋</t>
+  </si>
+  <si>
+    <t>鳥松區</t>
+  </si>
+  <si>
+    <t>高雄市鳥松區澄清路840號</t>
+  </si>
+  <si>
+    <t>07-735-8800</t>
+  </si>
+  <si>
+    <t>07-731-5367</t>
+  </si>
+  <si>
+    <t>president@gcloud.csu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.csu.edu.tw</t>
+  </si>
+  <si>
+    <t>萬能學校財團法人萬能科技大學</t>
+  </si>
+  <si>
+    <t>Vanung University</t>
+  </si>
+  <si>
+    <t>莊暢</t>
+  </si>
+  <si>
+    <t>桃園市中壢區萬能路1號</t>
+  </si>
+  <si>
+    <t>03-451-5811</t>
+  </si>
+  <si>
+    <t>03-451-3786</t>
+  </si>
+  <si>
+    <t>tomchuang@mail.vnu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.vnu.edu.tw/</t>
+  </si>
+  <si>
+    <t>玄奘大學</t>
+  </si>
+  <si>
+    <t>Hsuan Chuang University</t>
+  </si>
+  <si>
+    <t>簡紹琦</t>
+  </si>
+  <si>
+    <t>新竹市香山區玄奘路48號</t>
+  </si>
+  <si>
+    <t>03-530-2255</t>
+  </si>
+  <si>
+    <t>03-539-1226</t>
+  </si>
+  <si>
+    <t>jaky5817@hcu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.hcu.edu.tw</t>
+  </si>
+  <si>
+    <t>建國科技大學</t>
+  </si>
+  <si>
+    <t>Chienkuo Technology University</t>
+  </si>
+  <si>
+    <t>江金山</t>
+  </si>
+  <si>
+    <t>彰化縣彰化市介壽北路1號</t>
+  </si>
+  <si>
+    <t>04-711-1111</t>
+  </si>
+  <si>
+    <t>04-711-1171</t>
+  </si>
+  <si>
+    <t>san@ctu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.ctu.edu.tw/</t>
+  </si>
+  <si>
+    <t>明志科技大學</t>
+  </si>
+  <si>
+    <t>Ming Chi University of Technology</t>
+  </si>
+  <si>
+    <t>劉祖華</t>
+  </si>
+  <si>
+    <t>泰山區</t>
+  </si>
+  <si>
+    <t>新北市泰山區貴子里工專路84號</t>
+  </si>
+  <si>
+    <t>02-2908-9899</t>
+  </si>
+  <si>
+    <t>02-2904-1914</t>
+  </si>
+  <si>
+    <t>thliu@mail.mcut.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.mcut.edu.tw</t>
+  </si>
+  <si>
+    <t>台鋼學校財團法人台鋼科技大學</t>
+  </si>
+  <si>
+    <t>Taiwan Steel University of Science and Technology</t>
+  </si>
+  <si>
+    <t>陳天惠</t>
+  </si>
+  <si>
+    <t>路竹區</t>
+  </si>
+  <si>
+    <t>高雄市路竹區中山路1821號</t>
+  </si>
+  <si>
+    <t>07-607-7777</t>
+  </si>
+  <si>
+    <t>07-607-7788</t>
+  </si>
+  <si>
+    <t>presid@tsust.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.tsust.edu.tw</t>
+  </si>
+  <si>
+    <t>大仁科技大學</t>
+  </si>
+  <si>
+    <t>Tajen University</t>
+  </si>
+  <si>
+    <t>郭代璜</t>
+  </si>
+  <si>
+    <t>鹽埔鄉</t>
+  </si>
+  <si>
+    <t>屏東縣鹽埔鄉維新路20號</t>
+  </si>
+  <si>
+    <t>08-762-4002</t>
+  </si>
+  <si>
+    <t>08-762-3924</t>
+  </si>
+  <si>
+    <t>president@tajen.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.tajen.edu.tw/</t>
+  </si>
+  <si>
+    <t>聖約翰科技大學</t>
+  </si>
+  <si>
+    <t>St. John’s University</t>
+  </si>
+  <si>
+    <t>唐彥博</t>
+  </si>
+  <si>
+    <t>新北市淡水區淡金路四段499號</t>
+  </si>
+  <si>
+    <t>02-2801-3131</t>
+  </si>
+  <si>
+    <t>02-2801-3021</t>
+  </si>
+  <si>
+    <t>president@mail.sju.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.sju.edu.tw</t>
+  </si>
+  <si>
+    <t>嶺東科技大學</t>
+  </si>
+  <si>
+    <t>Ling Tung University</t>
+  </si>
+  <si>
+    <t>陳仁龍</t>
+  </si>
+  <si>
+    <t>南屯區</t>
+  </si>
+  <si>
+    <t>臺中市南屯區嶺東路1號</t>
+  </si>
+  <si>
+    <t>04-2389-2088</t>
+  </si>
+  <si>
+    <t>04-2389-5293</t>
+  </si>
+  <si>
+    <t>ltu1101@teamail.ltu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.ltu.edu.tw/</t>
+  </si>
+  <si>
+    <t>中國科技大學</t>
+  </si>
+  <si>
+    <t>China University of Technology</t>
+  </si>
+  <si>
+    <t>陳振遠</t>
+  </si>
+  <si>
+    <t>臺北市文山區興隆路三段56號</t>
+  </si>
+  <si>
+    <t>02-2931-3416</t>
+  </si>
+  <si>
+    <t>02-8931-8847</t>
+  </si>
+  <si>
+    <t>pres@cute.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.cute.edu.tw/</t>
+  </si>
+  <si>
+    <t>中臺科技大學</t>
+  </si>
+  <si>
+    <t>Central Taiwan University of Science and Technology</t>
+  </si>
+  <si>
+    <t>陳錦杏</t>
+  </si>
+  <si>
+    <t>臺中市北屯區廍子里10鄰廍子路666號</t>
+  </si>
+  <si>
+    <t>04-2239-1647</t>
+  </si>
+  <si>
+    <t>04-2239-5751</t>
+  </si>
+  <si>
+    <t>b0100@ctust.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.ctust.edu.tw/</t>
+  </si>
+  <si>
+    <t>亞洲大學</t>
+  </si>
+  <si>
+    <t>Asia University</t>
+  </si>
+  <si>
+    <t>蔡進發</t>
+  </si>
+  <si>
+    <t>臺中市霧峰區柳豐路500號</t>
+  </si>
+  <si>
+    <t>04-2332-3456</t>
+  </si>
+  <si>
+    <t>04-2331-6699</t>
+  </si>
+  <si>
+    <t>president@asia.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.asia.edu.tw</t>
+  </si>
+  <si>
+    <t>開南大學</t>
+  </si>
+  <si>
+    <t>Kainan University</t>
+  </si>
+  <si>
+    <t>藍孝勤代理</t>
+  </si>
+  <si>
+    <t>蘆竹區</t>
+  </si>
+  <si>
+    <t>桃園市蘆竹區開南路1號</t>
+  </si>
+  <si>
+    <t>03-341-2500</t>
+  </si>
+  <si>
+    <t>lanchin@mail.knu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.knu.edu.tw</t>
+  </si>
+  <si>
+    <t>佛光大學</t>
+  </si>
+  <si>
+    <t>Fo Guang University</t>
+  </si>
+  <si>
+    <t>趙涵㨗</t>
+  </si>
+  <si>
+    <t>礁溪鄉</t>
+  </si>
+  <si>
+    <t>宜蘭縣礁溪鄉林美村林尾路160號</t>
+  </si>
+  <si>
+    <t>03-987-1000</t>
+  </si>
+  <si>
+    <t>03-987-4815</t>
+  </si>
+  <si>
+    <t>president@mail.fgu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.fgu.edu.tw</t>
+  </si>
+  <si>
+    <t>台南家專學校財團法人台南應用科技大學</t>
+  </si>
+  <si>
+    <t>Tainan University of Technology</t>
+  </si>
+  <si>
+    <t>劉修祥代理</t>
+  </si>
+  <si>
+    <t>臺南市永康區中正路529號</t>
+  </si>
+  <si>
+    <t>06-253-2106</t>
+  </si>
+  <si>
+    <t>06-254-9527</t>
+  </si>
+  <si>
+    <t>emsecr@mail.tut.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.tut.edu.tw</t>
+  </si>
+  <si>
+    <t>中信金學校財團法人中信科技大學</t>
+  </si>
+  <si>
+    <t>CTBC UNIVERSITY OF TECHNOLOGY</t>
+  </si>
+  <si>
+    <t>鄭欽哲</t>
+  </si>
+  <si>
+    <t>新市區</t>
+  </si>
+  <si>
+    <t>臺南市新市區中華路49號</t>
+  </si>
+  <si>
+    <t>06-597-9566</t>
+  </si>
+  <si>
+    <t>06-597-7050</t>
+  </si>
+  <si>
+    <t>chinche@mail.ctbctech.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.ctbctech.edu.tw</t>
+  </si>
+  <si>
+    <t>光宇學校財團法人元培醫事科技大學</t>
+  </si>
+  <si>
+    <t>Yuanpei University of Medical Technology</t>
+  </si>
+  <si>
+    <t>王綮慷</t>
+  </si>
+  <si>
+    <t>香山區</t>
+  </si>
+  <si>
+    <t>新竹市元培街306號</t>
+  </si>
+  <si>
+    <t>03-538-1183</t>
+  </si>
+  <si>
+    <t>03-538-5353</t>
+  </si>
+  <si>
+    <t>ckwang@mail.ypu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.ypu.edu.tw/index.php</t>
+  </si>
+  <si>
+    <t>景文科技大學</t>
+  </si>
+  <si>
+    <t>Jinwen University of Science and Technology</t>
+  </si>
+  <si>
+    <t>黃榮鵬</t>
+  </si>
+  <si>
+    <t>新店區</t>
+  </si>
+  <si>
+    <t>新北市新店區安忠路99號</t>
+  </si>
+  <si>
+    <t>02-8212-2000</t>
+  </si>
+  <si>
+    <t>02-8212-2199</t>
+  </si>
+  <si>
+    <t>leo@just.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.just.edu.tw</t>
+  </si>
+  <si>
+    <t>中華醫事科技大學</t>
+  </si>
+  <si>
+    <t>Chung Hwa University of Medical Technology</t>
+  </si>
+  <si>
+    <t>李碧娥</t>
+  </si>
+  <si>
+    <t>臺南市仁德區文華一街89號</t>
+  </si>
+  <si>
+    <t>06-267-1214</t>
+  </si>
+  <si>
+    <t>06-335-6723</t>
+  </si>
+  <si>
+    <t>biholee@kmu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.hwai.edu.tw/index.php</t>
+  </si>
+  <si>
+    <t>東南科技大學</t>
+  </si>
+  <si>
+    <t>Tungnan University</t>
+  </si>
+  <si>
+    <t>李清吟</t>
+  </si>
+  <si>
+    <t>深坑區</t>
+  </si>
+  <si>
+    <t>新北市深坑區北深路三段152號</t>
+  </si>
+  <si>
+    <t>02-8662-5859</t>
+  </si>
+  <si>
+    <t>02-2662-4052</t>
+  </si>
+  <si>
+    <t>cylee@mail.tnu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.tnu.edu.tw/</t>
+  </si>
+  <si>
+    <t>德明財經科技大學</t>
+  </si>
+  <si>
+    <t>Takming University of Science and Technology</t>
+  </si>
+  <si>
+    <t>李志宏</t>
+  </si>
+  <si>
+    <t>臺北市內湖區環山路一段56號</t>
+  </si>
+  <si>
+    <t>02-2658-5801</t>
+  </si>
+  <si>
+    <t>persidnet@takming.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.takming.edu.tw/</t>
+  </si>
+  <si>
+    <t>南開科技大學</t>
+  </si>
+  <si>
+    <t>Nan Kai University of Technology</t>
+  </si>
+  <si>
+    <t>江昭龍</t>
+  </si>
+  <si>
+    <t>草屯鎮</t>
+  </si>
+  <si>
+    <t>南投縣草屯鎮中正路568號</t>
+  </si>
+  <si>
+    <t>049-256-3489</t>
+  </si>
+  <si>
+    <t>049-256-1443</t>
+  </si>
+  <si>
+    <t>t129@nkut.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.nkut.edu.tw/index.php</t>
+  </si>
+  <si>
+    <t>中華學校財團法人中華科技大學</t>
+  </si>
+  <si>
+    <t>China University of Science and Technology</t>
+  </si>
+  <si>
+    <t>李禮仲</t>
+  </si>
+  <si>
+    <t>南港區</t>
+  </si>
+  <si>
+    <t>臺北市南港區研究院路三段245號</t>
+  </si>
+  <si>
+    <t>02-2782-1862</t>
+  </si>
+  <si>
+    <t>02-2788-9145</t>
+  </si>
+  <si>
+    <t>lawrence@cc.cust.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.cust.edu.tw</t>
+  </si>
+  <si>
+    <t>僑光科技大學</t>
+  </si>
+  <si>
+    <t>Overseas Chinese University</t>
+  </si>
+  <si>
+    <t>余致力</t>
+  </si>
+  <si>
+    <t>臺中市西屯區僑光路100號</t>
+  </si>
+  <si>
+    <t>04-2701-6855</t>
+  </si>
+  <si>
+    <t>04-2707-5420</t>
+  </si>
+  <si>
+    <t>president@ocu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.ocu.edu.tw/index.php</t>
+  </si>
+  <si>
+    <t>廣亞學校財團法人育達科技大學</t>
+  </si>
+  <si>
+    <t>Yu Da University of Science and Technology</t>
+  </si>
+  <si>
+    <t>吳菊</t>
+  </si>
+  <si>
+    <t>造橋鄉</t>
+  </si>
+  <si>
+    <t>苗栗縣造橋鄉談文村學府路168號</t>
+  </si>
+  <si>
+    <t>037-651-188</t>
+  </si>
+  <si>
+    <t>037-651-201</t>
+  </si>
+  <si>
+    <t>chuwu@ydu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.ydu.edu.tw/</t>
+  </si>
+  <si>
+    <t>美和學校財團法人美和科技大學</t>
+  </si>
+  <si>
+    <t>Meiho University</t>
+  </si>
+  <si>
+    <t>王建臺</t>
+  </si>
+  <si>
+    <t>屏東縣內埔鄉美和村屏光路23號</t>
+  </si>
+  <si>
+    <t>08-779-9821</t>
+  </si>
+  <si>
+    <t>08-779-9711</t>
+  </si>
+  <si>
+    <t>president@meiho.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.meiho.edu.tw/</t>
+  </si>
+  <si>
+    <t>吳鳳科技大學</t>
+  </si>
+  <si>
+    <t>WuFeng University</t>
+  </si>
+  <si>
+    <t>蔡宏榮</t>
+  </si>
+  <si>
+    <t>嘉義縣民雄鄉建國路二段117號</t>
+  </si>
+  <si>
+    <t>05-226-7125</t>
+  </si>
+  <si>
+    <t>05-206-3455</t>
+  </si>
+  <si>
+    <t>president@wfu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.wfu.edu.tw</t>
+  </si>
+  <si>
+    <t>修平學校財團法人修平科技大學</t>
+  </si>
+  <si>
+    <t>Hsiuping University of Science and Technology</t>
+  </si>
+  <si>
+    <t>陳美菁</t>
+  </si>
+  <si>
+    <t>大里區</t>
+  </si>
+  <si>
+    <t>臺中市大里區工業路11號</t>
+  </si>
+  <si>
+    <t>04-2496-1100</t>
+  </si>
+  <si>
+    <t>04-2496-1187</t>
+  </si>
+  <si>
+    <t>mcchen@mail.hust.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.hust.edu.tw/</t>
+  </si>
+  <si>
+    <t>長庚學校財團法人長庚科技大學</t>
+  </si>
+  <si>
+    <t>Chang Gung University of Science and Technology</t>
+  </si>
+  <si>
+    <t>范君瑜</t>
+  </si>
+  <si>
+    <t>桃園市龜山區文化一路261號</t>
+  </si>
+  <si>
+    <t>03-211-8999</t>
+  </si>
+  <si>
+    <t>03-211-8866</t>
+  </si>
+  <si>
+    <t>president@mail.cgust.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.cgust.edu.tw</t>
+  </si>
+  <si>
+    <t>城市學校財團法人臺北城市科技大學</t>
+  </si>
+  <si>
+    <t>Taipei City University of Science and Technology</t>
+  </si>
+  <si>
+    <t>馮美瑜</t>
+  </si>
+  <si>
+    <t>臺北市北投區學園路2號</t>
+  </si>
+  <si>
+    <t>02-2892-7154</t>
+  </si>
+  <si>
+    <t>02-2896-5951</t>
+  </si>
+  <si>
+    <t>myfeng@tpcu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.tpcu.edu.tw/bin/home.php</t>
+  </si>
+  <si>
+    <t>大華學校財團法人敏實科技大學</t>
+  </si>
+  <si>
+    <t>Minth University of Science and Technology</t>
+  </si>
+  <si>
+    <t>曾信超</t>
+  </si>
+  <si>
+    <t>芎林鄉</t>
+  </si>
+  <si>
+    <t>新竹縣芎林鄉大華路1號</t>
+  </si>
+  <si>
+    <t>03-592-7700</t>
+  </si>
+  <si>
+    <t>03-592-6006</t>
+  </si>
+  <si>
+    <t>hsingchau@mitust.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.mitust.edu.tw/</t>
+  </si>
+  <si>
+    <t>醒吾學校財團法人醒吾科技大學</t>
+  </si>
+  <si>
+    <t>Hsing Wu University of Science and Technology</t>
+  </si>
+  <si>
+    <t>陳寶億</t>
+  </si>
+  <si>
+    <t>林口區</t>
+  </si>
+  <si>
+    <t>新北市林口區粉寮路一段101號</t>
+  </si>
+  <si>
+    <t>02-2601-5310</t>
+  </si>
+  <si>
+    <t>02-2601-0748</t>
+  </si>
+  <si>
+    <t>h001@mail.hwu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.hwu.edu.tw/</t>
+  </si>
+  <si>
+    <t>文藻學校財團法人文藻外語大學</t>
+  </si>
+  <si>
+    <t>Wenzao Ursuline University of Languages</t>
+  </si>
+  <si>
+    <t>莊慧玲</t>
+  </si>
+  <si>
+    <t>高雄市三民區民族一路900號</t>
+  </si>
+  <si>
+    <t>07-342-6031</t>
+  </si>
+  <si>
+    <t>07-342-7942</t>
+  </si>
+  <si>
+    <t>po0001@mail.wzu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://a001.wzu.edu.tw/</t>
+  </si>
+  <si>
+    <t>華夏學校財團法人華夏科技大學</t>
+  </si>
+  <si>
+    <t>Hwa Hsia University of Technology</t>
+  </si>
+  <si>
+    <t>陳錫圭</t>
+  </si>
+  <si>
+    <t>新北市中和區工專路111號</t>
+  </si>
+  <si>
+    <t>02-8941-5100</t>
+  </si>
+  <si>
+    <t>02-2941-5730</t>
+  </si>
+  <si>
+    <t>hkchen@go.hwh.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.hwh.edu.tw/bin/hwhhome.php</t>
+  </si>
+  <si>
+    <t>致理學校財團法人致理科技大學</t>
+  </si>
+  <si>
+    <t>Chihlee University of Technology</t>
+  </si>
+  <si>
+    <t>陳珠龍</t>
+  </si>
+  <si>
+    <t>新北市板橋區文化路1段313號</t>
+  </si>
+  <si>
+    <t>02-2257-6167</t>
+  </si>
+  <si>
+    <t>02-2258-3710</t>
+  </si>
+  <si>
+    <t>a100@mail.chihlee.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.chihlee.edu.tw/</t>
+  </si>
+  <si>
+    <t>康寧學校財團法人康寧大學</t>
+  </si>
+  <si>
+    <t>University of Kang Ning</t>
+  </si>
+  <si>
+    <t>陳清溪</t>
+  </si>
+  <si>
+    <t>台北市內湖區康寧路三段75巷137號</t>
+  </si>
+  <si>
+    <t>02-2632-1181</t>
+  </si>
+  <si>
+    <t>02-2632-8744</t>
+  </si>
+  <si>
+    <t>chinhsi50@ukn.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.ukn.edu.tw</t>
+  </si>
+  <si>
+    <t>安南區</t>
+  </si>
+  <si>
+    <t>宏國學校財團法人宏國德霖科技大學</t>
+  </si>
+  <si>
+    <t>Hungkuo Delin University of Technology</t>
+  </si>
+  <si>
+    <t>段葉芳</t>
+  </si>
+  <si>
+    <t>土城區</t>
+  </si>
+  <si>
+    <t>新北市土城區青雲路380巷1號</t>
+  </si>
+  <si>
+    <t>02-2273-3567</t>
+  </si>
+  <si>
+    <t>02-2273-3995</t>
+  </si>
+  <si>
+    <t>president@mail.hdut.edu.tw</t>
+  </si>
+  <si>
+    <t>https://w5.hdut.edu.tw/app/home.php</t>
+  </si>
+  <si>
+    <t>崇右學校財團法人崇右影藝科技大學</t>
+  </si>
+  <si>
+    <t>Chungyu University of Film and Arts</t>
+  </si>
+  <si>
+    <t>蕭源都</t>
+  </si>
+  <si>
+    <t>基隆市信義區義七路40號</t>
+  </si>
+  <si>
+    <t>02-2423-7785</t>
+  </si>
+  <si>
+    <t>02-2429-3639</t>
+  </si>
+  <si>
+    <t>yuduhsia@cufa.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.cufa.edu.tw</t>
+  </si>
+  <si>
+    <t>台北海洋學校財團法人台北海洋科技大學</t>
+  </si>
+  <si>
+    <t>Taipei University of Marine Technology</t>
+  </si>
+  <si>
+    <t>呂曜志</t>
+  </si>
+  <si>
+    <t>新北市淡水區濱海路三段150號</t>
+  </si>
+  <si>
+    <t>02-2805-9999</t>
+  </si>
+  <si>
+    <t>02-2805-2796</t>
+  </si>
+  <si>
+    <t>sugitdaddy@mail.tumt.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.tumt.edu.tw/</t>
+  </si>
+  <si>
+    <t>亞東學校財團法人亞東科技大學</t>
+  </si>
+  <si>
+    <t>Asia Eastern University of Science and Technology</t>
+  </si>
+  <si>
+    <t>黃茂全</t>
+  </si>
+  <si>
+    <t>新北市板橋區四川路二段58號</t>
+  </si>
+  <si>
+    <t>02-7738-8000</t>
+  </si>
+  <si>
+    <t>02-7738-2678</t>
+  </si>
+  <si>
+    <t>fc009@mail.aeust.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.aeust.edu.tw/</t>
+  </si>
+  <si>
+    <t>馬偕學校財團法人馬偕醫學大學</t>
+  </si>
+  <si>
+    <t>MacKay Medical University</t>
+  </si>
+  <si>
+    <t>葉宏一</t>
+  </si>
+  <si>
+    <t>三芝區</t>
+  </si>
+  <si>
+    <t>新北市三芝區中正路3段46號</t>
+  </si>
+  <si>
+    <t>02-2636-0303</t>
+  </si>
+  <si>
+    <t>02-2636-1134</t>
+  </si>
+  <si>
+    <t>yehmmu@mmu.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.mmu.edu.tw</t>
+  </si>
+  <si>
+    <t>中信學校財團法人中信金融管理學院</t>
+  </si>
+  <si>
+    <t>CTBC Business School</t>
+  </si>
+  <si>
+    <t>施光訓</t>
+  </si>
+  <si>
+    <t>臺南市安南區台江大道3段600號</t>
+  </si>
+  <si>
+    <t>06-287-3335</t>
+  </si>
+  <si>
+    <t>06-287-3536</t>
+  </si>
+  <si>
+    <t>shihstev33@ctbc.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.ctbc.edu.tw/</t>
+  </si>
+  <si>
+    <t>南亞科技學校財團法人南亞技術學院</t>
+  </si>
+  <si>
+    <t>Nanya Institute of Technology</t>
+  </si>
+  <si>
+    <t>張仁家</t>
+  </si>
+  <si>
+    <t>桃園市中壢區中山東路三段414號</t>
+  </si>
+  <si>
+    <t>03-436-1070</t>
+  </si>
+  <si>
+    <t>03-438-8198</t>
+  </si>
+  <si>
+    <t>jcchang@nanya.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.nanya.edu.tw</t>
+  </si>
+  <si>
+    <t>黎明技術學院</t>
+  </si>
+  <si>
+    <t>Lee-Ming Institute of Technology</t>
+  </si>
+  <si>
+    <t>林明芳</t>
+  </si>
+  <si>
+    <t>新北市泰山區泰林路三段22號</t>
+  </si>
+  <si>
+    <t>02-2909-7811</t>
+  </si>
+  <si>
+    <t>02-2296-8323</t>
+  </si>
+  <si>
+    <t>mflin@mail.lit.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.lit.edu.tw/</t>
+  </si>
+  <si>
+    <t>德育學校財團法人德育護理健康學院</t>
+  </si>
+  <si>
+    <t>Deh Yu College of Nursing and Health</t>
+  </si>
+  <si>
+    <t>翁進坪</t>
+  </si>
+  <si>
+    <t>基隆市中山區復興路336號</t>
+  </si>
+  <si>
+    <t>02-2437-2093</t>
+  </si>
+  <si>
+    <t>02-2437-6209</t>
+  </si>
+  <si>
+    <t>jpueng@ems.dyhu.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.dyhu.edu.tw/</t>
+  </si>
+  <si>
+    <t>法鼓學校財團法人法鼓文理學院</t>
+  </si>
+  <si>
+    <t>Dharma Drum Institute of Liberal Art</t>
+  </si>
+  <si>
+    <t>陳定銘</t>
+  </si>
+  <si>
+    <t>金山區</t>
+  </si>
+  <si>
+    <t>新北市金山區西湖里法鼓路700號</t>
+  </si>
+  <si>
+    <t>02-2498-0707</t>
+  </si>
+  <si>
+    <t>02-2408-2172</t>
+  </si>
+  <si>
+    <t>tmchen2010@dila.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.dila.edu.tw/</t>
+  </si>
+  <si>
+    <t>馬偕學校財團法人馬偕醫護管理專科學校</t>
+  </si>
+  <si>
+    <t>MacKay Junior College of Medicine, Nursing, and Management</t>
+  </si>
+  <si>
+    <t>蔡承嘉</t>
+  </si>
+  <si>
+    <t>臺北市北投區聖景路92號</t>
+  </si>
+  <si>
+    <t>02-2858-4180</t>
+  </si>
+  <si>
+    <t>02-2858-4183</t>
+  </si>
+  <si>
+    <t>s616@mail.mkc.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.mkc.edu.tw/</t>
+  </si>
+  <si>
+    <t>仁德醫護管理專科學校</t>
+  </si>
+  <si>
+    <t>Jen-Teh Junior College of Medicine, Nursing and Management</t>
+  </si>
+  <si>
+    <t>黃柏翔</t>
+  </si>
+  <si>
+    <t>後龍鎮</t>
+  </si>
+  <si>
+    <t>苗栗縣後龍鎮溪洲里7鄰砂崙湖79-9號</t>
+  </si>
+  <si>
+    <t>037-728-855</t>
+  </si>
+  <si>
+    <t>037-730-936</t>
+  </si>
+  <si>
+    <t>P01166@gm.jente.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.jente.edu.tw/</t>
+  </si>
+  <si>
+    <t>樹人醫護管理專科學校</t>
+  </si>
+  <si>
+    <t>Shu-Zen Junior College of Medicine and Management</t>
+  </si>
+  <si>
+    <t>林品瑄</t>
+  </si>
+  <si>
+    <t>高雄市路竹區環球路452號</t>
+  </si>
+  <si>
+    <t>07-697-9333</t>
+  </si>
+  <si>
+    <t>07-697-9697</t>
+  </si>
+  <si>
+    <t>president@ms.szmc.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.szmc.edu.tw/</t>
+  </si>
+  <si>
+    <t>慈惠醫護管理專科學校</t>
+  </si>
+  <si>
+    <t>TZU HUI Institute of Technology</t>
+  </si>
+  <si>
+    <t>陳岳陽</t>
+  </si>
+  <si>
+    <t>南州鄉</t>
+  </si>
+  <si>
+    <t>屏東縣南州鄉三民路367號</t>
+  </si>
+  <si>
+    <t>08-864-7367</t>
+  </si>
+  <si>
+    <t>08-864-7123</t>
+  </si>
+  <si>
+    <t>tzuhui.lrtm@gmail.com</t>
+  </si>
+  <si>
+    <t>https://www.tzuhui.edu.tw/home</t>
+  </si>
+  <si>
+    <t>耕莘健康管理專科學校</t>
+  </si>
+  <si>
+    <t>Cardinal Tien Junior College of Healthcare And Management</t>
+  </si>
+  <si>
+    <t>陳友倫</t>
+  </si>
+  <si>
+    <t>新北市新店區民族路112號</t>
+  </si>
+  <si>
+    <t>02-2219-1131</t>
+  </si>
+  <si>
+    <t>02-2219-7718</t>
+  </si>
+  <si>
+    <t>allen@ctcn.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.ctcn.edu.tw</t>
+  </si>
+  <si>
+    <t>敏惠醫護管理專科學校</t>
+  </si>
+  <si>
+    <t>Min-Hwei Junior College of Health Care Management</t>
+  </si>
+  <si>
+    <t>孫逸民</t>
+  </si>
+  <si>
+    <t>柳營區</t>
+  </si>
+  <si>
+    <t>臺南市柳營區中山東路二段1116號</t>
+  </si>
+  <si>
+    <t>06-622-6111</t>
+  </si>
+  <si>
+    <t>06-622-6367</t>
+  </si>
+  <si>
+    <t>A448@o365.mhchcm.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.mhchcm.edu.tw</t>
+  </si>
+  <si>
+    <t>育英醫護管理專科學校</t>
+  </si>
+  <si>
+    <t>Yuh-Ing Junior College of Health Care &amp; Management</t>
+  </si>
+  <si>
+    <t>卓怡孜代理</t>
+  </si>
+  <si>
+    <t>高雄市三民區大昌二路420巷15號</t>
+  </si>
+  <si>
+    <t>07-381-1765</t>
+  </si>
+  <si>
+    <t>07-381-1112</t>
+  </si>
+  <si>
+    <t>ytcho@ms.yuhing.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.yuhing.edu.tw</t>
+  </si>
+  <si>
+    <t>聖母醫護管理專科學校</t>
+  </si>
+  <si>
+    <t>St. Mary''s Junior College of Medicine, Nursing and Management</t>
+  </si>
+  <si>
+    <t>陳立言</t>
+  </si>
+  <si>
+    <t>三星鄉</t>
+  </si>
+  <si>
+    <t>宜蘭縣三星鄉三星路二段265巷100號</t>
+  </si>
+  <si>
+    <t>03-989-7396</t>
+  </si>
+  <si>
+    <t>03-989-7386</t>
+  </si>
+  <si>
+    <t>lychen31@smc.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.smc.edu.tw/nss/p/index</t>
+  </si>
+  <si>
+    <t>新生學校財團法人新生醫護管理專科學校</t>
+  </si>
+  <si>
+    <t>Hsin Sheng Junior College of Medical Care and Management</t>
+  </si>
+  <si>
+    <t>駱俊宏</t>
+  </si>
+  <si>
+    <t>龍潭區</t>
+  </si>
+  <si>
+    <t>桃園市龍潭區中豐路高平段418號</t>
+  </si>
+  <si>
+    <t>03-411-7578</t>
+  </si>
+  <si>
+    <t>03-411-7600</t>
+  </si>
+  <si>
+    <t>ntp973@hsc.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.hsc.edu.tw</t>
+  </si>
+  <si>
+    <t>崇仁醫護管理專科學校</t>
+  </si>
+  <si>
+    <t>Chung-Jen Junior College of Nursing, Health Sciences and Management</t>
+  </si>
+  <si>
+    <t>黃財尉</t>
+  </si>
+  <si>
+    <t>嘉義縣大林鎮湖北里大湖1之10號</t>
+  </si>
+  <si>
+    <t>05-265-8880</t>
+  </si>
+  <si>
+    <t>05-265-8913</t>
+  </si>
+  <si>
+    <t>m112012@cjc.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.cjc.edu.tw/</t>
+  </si>
+  <si>
+    <t>1R02</t>
+  </si>
+  <si>
+    <t>宗教研修學院</t>
+  </si>
+  <si>
+    <t>學校財團法人中華浸信會基督教台灣浸會神學院</t>
+  </si>
+  <si>
+    <t>Taiwan Baptist Christian Seminary</t>
+  </si>
+  <si>
+    <t>譚國才</t>
+  </si>
+  <si>
+    <t>臺北市吳興街394巷1號</t>
+  </si>
+  <si>
+    <t>02-2723-9500</t>
+  </si>
+  <si>
+    <t>02-2722-4646</t>
+  </si>
+  <si>
+    <t>president@tbts.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.tbts.edu.tw/</t>
+  </si>
+  <si>
+    <t>1R03</t>
+  </si>
+  <si>
+    <t>臺北基督學院</t>
+  </si>
+  <si>
+    <t>Christ''s College Taipei</t>
+  </si>
+  <si>
+    <t>王正慧</t>
+  </si>
+  <si>
+    <t>新北市淡水區自強路51號</t>
+  </si>
+  <si>
+    <t>02-2809-7661</t>
+  </si>
+  <si>
+    <t>02-2809-6631</t>
+  </si>
+  <si>
+    <t>winniewang@cct.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.cct.edu.tw</t>
+  </si>
+  <si>
+    <t>1R05</t>
+  </si>
+  <si>
+    <t>台神學校財團法人台灣神學研究學院</t>
+  </si>
+  <si>
+    <t>Taiwan Graduate School of Theology</t>
+  </si>
+  <si>
+    <t>蔡維民</t>
+  </si>
+  <si>
+    <t>台北市士林區仰德大道二段二巷20號</t>
+  </si>
+  <si>
+    <t>02-2882-2370</t>
+  </si>
+  <si>
+    <t>02-2881-6940</t>
+  </si>
+  <si>
+    <t>tsaiwm50@tgst.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.tgst.edu.tw</t>
+  </si>
+  <si>
+    <t>1R06</t>
+  </si>
+  <si>
+    <t>一貫道崇德學院</t>
+  </si>
+  <si>
+    <t>I.K.T. Chong-De School</t>
+  </si>
+  <si>
+    <t>陸隆吉</t>
+  </si>
+  <si>
+    <t>南投縣埔里鎮鯉魚路25-8號</t>
+  </si>
+  <si>
+    <t>049-298-8675</t>
+  </si>
+  <si>
+    <t>049-298-9314</t>
+  </si>
+  <si>
+    <t>lu719168@gmail.com</t>
+  </si>
+  <si>
+    <t>http://www.iktcds.edu.tw/</t>
+  </si>
+  <si>
+    <t>1R07</t>
+  </si>
+  <si>
+    <t>台灣基督長老教會南神神學院</t>
+  </si>
+  <si>
+    <t>Tainan Theological College</t>
+  </si>
+  <si>
+    <t>胡忠銘</t>
+  </si>
+  <si>
+    <t>臺南市東區東門路一段117號</t>
+  </si>
+  <si>
+    <t>06-237-1291</t>
+  </si>
+  <si>
+    <t>06-234-6060</t>
+  </si>
+  <si>
+    <t>huchungming@ttcs.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.ttcs.edu.tw/</t>
+  </si>
+  <si>
+    <t>1R08</t>
+  </si>
+  <si>
+    <t>基督教華神學校財團法人中華福音神學研究學院</t>
+  </si>
+  <si>
+    <t>China Evangelical Graduate School of Theology</t>
+  </si>
+  <si>
+    <t>戴繼宗</t>
+  </si>
+  <si>
+    <t>八德區</t>
+  </si>
+  <si>
+    <t>桃園市八德區長安街53號</t>
+  </si>
+  <si>
+    <t>03-273-7477</t>
+  </si>
+  <si>
+    <t>03-371-4703</t>
+  </si>
+  <si>
+    <t>president@ces.org.tw</t>
+  </si>
+  <si>
+    <t>http://wp.ces.org.tw/</t>
+  </si>
+  <si>
+    <t>1R09</t>
+  </si>
+  <si>
+    <t>唯心聖教學院</t>
+  </si>
+  <si>
+    <t>Weixin Shengjiao College</t>
+  </si>
+  <si>
+    <t>楊永列</t>
+  </si>
+  <si>
+    <t>南投市</t>
+  </si>
+  <si>
+    <t>南投縣南投市文化路705巷667號</t>
+  </si>
+  <si>
+    <t>049-220-9418</t>
+  </si>
+  <si>
+    <t>049-220-3351</t>
+  </si>
+  <si>
+    <t>lyang@wxsjc.edu.tw</t>
+  </si>
+  <si>
+    <t>https://www.wxsjc.edu.tw/</t>
+  </si>
+  <si>
+    <t>1R10</t>
+  </si>
+  <si>
+    <t>福智學校財團法人福智佛教學院</t>
+  </si>
+  <si>
+    <t>Bliss and Wisdom Buddhist College</t>
+  </si>
+  <si>
+    <t>林偉立</t>
+  </si>
+  <si>
+    <t>古坑鄉</t>
+  </si>
+  <si>
+    <t>雲林縣古坑鄉麻園村麻園25號</t>
+  </si>
+  <si>
+    <t>05-582-8225</t>
+  </si>
+  <si>
+    <t>luther@bwbc.edu.tw</t>
+  </si>
+  <si>
+    <t>https://bwbc.blisswisdom.org/</t>
+  </si>
+  <si>
+    <t>臺北市立大學</t>
+  </si>
+  <si>
+    <t>University of Taipei</t>
+  </si>
+  <si>
+    <t>邱英浩</t>
+  </si>
+  <si>
+    <t>臺北市中正區愛國西路1號</t>
+  </si>
+  <si>
+    <t>02-2311-3040</t>
+  </si>
+  <si>
+    <t>02-2381-4067</t>
+  </si>
+  <si>
+    <t>yhchiu@utaipei.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.utaipei.edu.tw/</t>
+  </si>
+  <si>
+    <t>3A01</t>
+  </si>
+  <si>
+    <t>高雄市立空中大學</t>
+  </si>
+  <si>
+    <t>Open University of Kaohsiung</t>
+  </si>
+  <si>
+    <t>陳月端</t>
+  </si>
+  <si>
+    <t>高雄市小港區大業北路436號</t>
+  </si>
+  <si>
+    <t>07-801-2008</t>
+  </si>
+  <si>
+    <t>07-806-6720</t>
+  </si>
+  <si>
+    <t>yuehtuan@ouk.edu.tw</t>
+  </si>
+  <si>
+    <t>http://www.ouk.edu.tw</t>
+  </si>
+  <si>
     <t>0001</t>
   </si>
   <si>
-    <t>一般大學</t>
-[...31 lines deleted...]
-  <si>
     <t>0002</t>
   </si>
   <si>
-    <t>國立清華大學</t>
-[...22 lines deleted...]
-  <si>
     <t>0003</t>
   </si>
   <si>
-    <t>國立臺灣大學</t>
-[...22 lines deleted...]
-  <si>
     <t>0004</t>
   </si>
   <si>
-    <t>國立臺灣師範大學</t>
-[...19 lines deleted...]
-  <si>
     <t>0005</t>
   </si>
   <si>
-    <t>國立成功大學</t>
-[...25 lines deleted...]
-  <si>
     <t>0006</t>
   </si>
   <si>
-    <t>國立中興大學</t>
-[...25 lines deleted...]
-  <si>
     <t>0007</t>
   </si>
   <si>
-    <t>國立陽明交通大學</t>
-[...19 lines deleted...]
-  <si>
     <t>0008</t>
   </si>
   <si>
-    <t>國立中央大學</t>
-[...25 lines deleted...]
-  <si>
     <t>0009</t>
   </si>
   <si>
-    <t>國立中山大學</t>
-[...22 lines deleted...]
-  <si>
     <t>0012</t>
   </si>
   <si>
-    <t>國立臺灣海洋大學</t>
-[...25 lines deleted...]
-  <si>
     <t>0013</t>
   </si>
   <si>
-    <t>國立中正大學</t>
-[...22 lines deleted...]
-  <si>
     <t>0014</t>
   </si>
   <si>
-    <t>國立高雄師範大學</t>
-[...22 lines deleted...]
-  <si>
     <t>0015</t>
   </si>
   <si>
-    <t>國立彰化師範大學</t>
-[...25 lines deleted...]
-  <si>
     <t>0017</t>
   </si>
   <si>
-    <t>國立臺北大學</t>
-[...25 lines deleted...]
-  <si>
     <t>0018</t>
   </si>
   <si>
-    <t>國立嘉義大學</t>
-[...22 lines deleted...]
-  <si>
     <t>0019</t>
   </si>
   <si>
-    <t>國立高雄大學</t>
-[...22 lines deleted...]
-  <si>
     <t>0020</t>
   </si>
   <si>
-    <t>國立東華大學</t>
-[...22 lines deleted...]
-  <si>
     <t>0021</t>
   </si>
   <si>
-    <t>國立暨南國際大學</t>
-[...25 lines deleted...]
-  <si>
     <t>0022</t>
   </si>
   <si>
-    <t>技專校院</t>
-[...22 lines deleted...]
-  <si>
     <t>0023</t>
   </si>
   <si>
-    <t>國立雲林科技大學</t>
-[...25 lines deleted...]
-  <si>
     <t>0024</t>
   </si>
   <si>
-    <t>國立屏東科技大學</t>
-[...25 lines deleted...]
-  <si>
     <t>0025</t>
   </si>
   <si>
-    <t>國立臺北科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>0028</t>
   </si>
   <si>
-    <t>國立臺北藝術大學</t>
-[...22 lines deleted...]
-  <si>
     <t>0029</t>
   </si>
   <si>
-    <t>國立臺灣藝術大學</t>
-[...22 lines deleted...]
-  <si>
     <t>0030</t>
   </si>
   <si>
-    <t>國立臺東大學</t>
-[...22 lines deleted...]
-  <si>
     <t>0031</t>
   </si>
   <si>
-    <t>國立宜蘭大學</t>
-[...22 lines deleted...]
-  <si>
     <t>0032</t>
   </si>
   <si>
-    <t>國立聯合大學</t>
-[...22 lines deleted...]
-  <si>
     <t>0033</t>
   </si>
   <si>
-    <t>國立虎尾科技大學</t>
-[...22 lines deleted...]
-  <si>
     <t>0035</t>
   </si>
   <si>
-    <t>國立臺南藝術大學</t>
-[...19 lines deleted...]
-  <si>
     <t>0036</t>
   </si>
   <si>
-    <t>國立臺南大學</t>
-[...22 lines deleted...]
-  <si>
     <t>0037</t>
   </si>
   <si>
-    <t>國立臺北教育大學</t>
-[...19 lines deleted...]
-  <si>
     <t>0039</t>
   </si>
   <si>
-    <t>國立臺中教育大學</t>
-[...22 lines deleted...]
-  <si>
     <t>0042</t>
   </si>
   <si>
-    <t>國立澎湖科技大學</t>
-[...25 lines deleted...]
-  <si>
     <t>0043</t>
   </si>
   <si>
-    <t>國立勤益科技大學</t>
-[...22 lines deleted...]
-  <si>
     <t>0044</t>
   </si>
   <si>
-    <t>國立體育大學</t>
-[...22 lines deleted...]
-  <si>
     <t>0046</t>
   </si>
   <si>
-    <t>國立臺北護理健康大學</t>
-[...19 lines deleted...]
-  <si>
     <t>0047</t>
   </si>
   <si>
-    <t>國立高雄餐旅大學</t>
-[...22 lines deleted...]
-  <si>
     <t>0048</t>
   </si>
   <si>
-    <t>國立金門大學</t>
-[...25 lines deleted...]
-  <si>
     <t>0049</t>
   </si>
   <si>
-    <t>國立臺灣體育運動大學</t>
-[...22 lines deleted...]
-  <si>
     <t>0050</t>
   </si>
   <si>
-    <t>國立臺中科技大學</t>
-[...22 lines deleted...]
-  <si>
     <t>0051</t>
   </si>
   <si>
-    <t>國立臺北商業大學</t>
-[...19 lines deleted...]
-  <si>
     <t>0052</t>
   </si>
   <si>
-    <t>國立屏東大學</t>
-[...22 lines deleted...]
-  <si>
     <t>0053</t>
   </si>
   <si>
-    <t>國立高雄科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>0144</t>
   </si>
   <si>
-    <t>國立臺灣戲曲學院</t>
-[...19 lines deleted...]
-  <si>
     <t>0221</t>
   </si>
   <si>
-    <t>國立臺南護理專科學校</t>
-[...19 lines deleted...]
-  <si>
     <t>0222</t>
   </si>
   <si>
-    <t>國立臺東專科學校</t>
-[...49 lines deleted...]
-  <si>
     <t>1001</t>
   </si>
   <si>
-    <t>私立</t>
-[...25 lines deleted...]
-  <si>
     <t>1002</t>
   </si>
   <si>
-    <t>Fu Jen Catholic University</t>
-[...14 lines deleted...]
-    <t>士林區</t>
+    <t>1003</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>中原大學</t>
-[...16 lines deleted...]
-  <si>
     <t>1005</t>
   </si>
   <si>
-    <t>Tamkang University</t>
-[...19 lines deleted...]
-  <si>
     <t>1006</t>
   </si>
   <si>
-    <t>中國文化大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1007</t>
   </si>
   <si>
-    <t>逢甲大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1008</t>
   </si>
   <si>
-    <t>靜宜大學</t>
-[...22 lines deleted...]
-  <si>
     <t>1009</t>
   </si>
   <si>
-    <t>長庚大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1010</t>
   </si>
   <si>
-    <t>元智大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1011</t>
   </si>
   <si>
-    <t>中華大學學校財團法人中華大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1012</t>
   </si>
   <si>
-    <t>大葉大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1013</t>
   </si>
   <si>
-    <t>華梵大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1014</t>
   </si>
   <si>
-    <t>義守大學</t>
-[...22 lines deleted...]
-  <si>
     <t>1015</t>
   </si>
   <si>
-    <t>世新大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1016</t>
   </si>
   <si>
-    <t>銘傳大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1017</t>
   </si>
   <si>
-    <t>實踐大學</t>
-[...22 lines deleted...]
-  <si>
     <t>1018</t>
   </si>
   <si>
-    <t>朝陽科技大學</t>
-[...22 lines deleted...]
-  <si>
     <t>1019</t>
   </si>
   <si>
-    <t>高雄醫學大學</t>
-[...16 lines deleted...]
-  <si>
     <t>1020</t>
   </si>
   <si>
-    <t>南華大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1021</t>
   </si>
   <si>
-    <t>真理大學</t>
-[...16 lines deleted...]
-  <si>
     <t>1022</t>
   </si>
   <si>
-    <t>大同大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1023</t>
   </si>
   <si>
-    <t>南臺學校財團法人南臺科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1024</t>
   </si>
   <si>
-    <t>崑山科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1025</t>
   </si>
   <si>
-    <t>嘉藥學校財團法人嘉南藥理大學</t>
-[...22 lines deleted...]
-  <si>
     <t>1026</t>
   </si>
   <si>
-    <t>樹德科技大學</t>
-[...22 lines deleted...]
-  <si>
     <t>1027</t>
   </si>
   <si>
-    <t>慈濟學校財團法人慈濟大學</t>
-[...22 lines deleted...]
-  <si>
     <t>1028</t>
   </si>
   <si>
-    <t>臺北醫學大學</t>
-[...22 lines deleted...]
-  <si>
     <t>1029</t>
   </si>
   <si>
-    <t>中山醫學大學</t>
-[...16 lines deleted...]
-  <si>
     <t>1030</t>
   </si>
   <si>
-    <t>龍華科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1031</t>
   </si>
   <si>
-    <t>輔英科技大學</t>
-[...22 lines deleted...]
-  <si>
     <t>1032</t>
   </si>
   <si>
-    <t>明新學校財團法人明新科技大學</t>
-[...20 lines deleted...]
-    <t>https://www.must.edu.tw/</t>
+    <t>1033</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>弘光科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1035</t>
   </si>
   <si>
-    <t>中國醫藥大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1036</t>
   </si>
   <si>
-    <t>健行學校財團法人健行科技大學</t>
-[...13 lines deleted...]
-  <si>
     <t>1037</t>
   </si>
   <si>
-    <t>正修學校財團法人正修科技大學</t>
-[...22 lines deleted...]
-  <si>
     <t>1038</t>
   </si>
   <si>
-    <t>萬能學校財團法人萬能科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1039</t>
   </si>
   <si>
-    <t>玄奘大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1040</t>
   </si>
   <si>
-    <t>建國科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1041</t>
   </si>
   <si>
-    <t>明志科技大學</t>
-[...22 lines deleted...]
-  <si>
     <t>1042</t>
   </si>
   <si>
-    <t>陳天惠</t>
-[...13 lines deleted...]
-  <si>
     <t>1043</t>
   </si>
   <si>
-    <t>大仁科技大學</t>
-[...22 lines deleted...]
-  <si>
     <t>1044</t>
   </si>
   <si>
-    <t>聖約翰科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1045</t>
   </si>
   <si>
-    <t>嶺東科技大學</t>
-[...22 lines deleted...]
-  <si>
     <t>1046</t>
   </si>
   <si>
-    <t>中國科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1047</t>
   </si>
   <si>
-    <t>中臺科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1048</t>
   </si>
   <si>
-    <t>亞洲大學</t>
-[...17 lines deleted...]
-    <t>http://www.asia.edu.tw</t>
+    <t>1049</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>佛光大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1051</t>
   </si>
   <si>
-    <t>Tainan University of Technology</t>
-[...16 lines deleted...]
-  <si>
     <t>1052</t>
   </si>
   <si>
-    <t>鄭欽哲</t>
-[...13 lines deleted...]
-  <si>
     <t>1053</t>
   </si>
   <si>
-    <t>光宇學校財團法人元培醫事科技大學</t>
-[...22 lines deleted...]
-  <si>
     <t>1054</t>
   </si>
   <si>
-    <t>景文科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1055</t>
   </si>
   <si>
-    <t>中華醫事科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1056</t>
   </si>
   <si>
-    <t>東南科技大學</t>
-[...22 lines deleted...]
-  <si>
     <t>1057</t>
   </si>
   <si>
-    <t>德明財經科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1060</t>
   </si>
   <si>
-    <t>南開科技大學</t>
-[...22 lines deleted...]
-  <si>
     <t>1061</t>
   </si>
   <si>
-    <t>中華學校財團法人中華科技大學</t>
-[...22 lines deleted...]
-  <si>
     <t>1062</t>
   </si>
   <si>
-    <t>僑光科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1063</t>
   </si>
   <si>
-    <t>廣亞學校財團法人育達科技大學</t>
-[...22 lines deleted...]
-  <si>
     <t>1064</t>
   </si>
   <si>
-    <t>美和學校財團法人美和科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1065</t>
   </si>
   <si>
-    <t>吳鳳科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1069</t>
   </si>
   <si>
-    <t>修平學校財團法人修平科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1070</t>
   </si>
   <si>
-    <t>長庚學校財團法人長庚科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1071</t>
   </si>
   <si>
-    <t>城市學校財團法人臺北城市科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1072</t>
   </si>
   <si>
-    <t>大華學校財團法人敏實科技大學</t>
-[...22 lines deleted...]
-  <si>
     <t>1073</t>
   </si>
   <si>
-    <t>醒吾學校財團法人醒吾科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1075</t>
   </si>
   <si>
-    <t>文藻學校財團法人文藻外語大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1076</t>
   </si>
   <si>
-    <t>華夏學校財團法人華夏科技大學</t>
-[...22 lines deleted...]
-  <si>
     <t>1078</t>
   </si>
   <si>
-    <t>致理學校財團法人致理科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1079</t>
   </si>
   <si>
-    <t>康寧學校財團法人康寧大學</t>
-[...10 lines deleted...]
-  <si>
     <t>1080</t>
   </si>
   <si>
-    <t>宏國學校財團法人宏國德霖科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1082</t>
   </si>
   <si>
-    <t>崇右學校財團法人崇右影藝科技大學</t>
-[...19 lines deleted...]
-  <si>
     <t>1083</t>
   </si>
   <si>
-    <t>Taipei University of Marine Technology</t>
-[...13 lines deleted...]
-  <si>
     <t>1084</t>
   </si>
   <si>
-    <t>亞東學校財團法人亞東科技大學</t>
-[...17 lines deleted...]
-    <t>https://www.aeust.edu.tw/</t>
+    <t>1085</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>CTBC Business School</t>
-[...43 lines deleted...]
-  <si>
     <t>1168</t>
   </si>
   <si>
-    <t>南亞科技學校財團法人南亞技術學院</t>
-[...16 lines deleted...]
-  <si>
     <t>1183</t>
   </si>
   <si>
-    <t>黎明技術學院</t>
-[...19 lines deleted...]
-  <si>
     <t>1185</t>
   </si>
   <si>
-    <t>德育學校財團法人德育護理健康學院</t>
-[...46 lines deleted...]
-  <si>
     <t>1196</t>
   </si>
   <si>
-    <t>法鼓學校財團法人法鼓文理學院</t>
-[...22 lines deleted...]
-  <si>
     <t>1282</t>
   </si>
   <si>
-    <t>馬偕學校財團法人馬偕醫護管理專科學校</t>
-[...19 lines deleted...]
-  <si>
     <t>1283</t>
   </si>
   <si>
-    <t>仁德醫護管理專科學校</t>
-[...22 lines deleted...]
-  <si>
     <t>1284</t>
   </si>
   <si>
-    <t>樹人醫護管理專科學校</t>
-[...19 lines deleted...]
-  <si>
     <t>1285</t>
   </si>
   <si>
-    <t>慈惠醫護管理專科學校</t>
-[...19 lines deleted...]
-  <si>
     <t>1286</t>
   </si>
   <si>
-    <t>耕莘健康管理專科學校</t>
-[...19 lines deleted...]
-  <si>
     <t>1287</t>
   </si>
   <si>
-    <t>敏惠醫護管理專科學校</t>
-[...22 lines deleted...]
-  <si>
     <t>1289</t>
   </si>
   <si>
-    <t>育英醫護管理專科學校</t>
-[...16 lines deleted...]
-  <si>
     <t>1291</t>
   </si>
   <si>
-    <t>聖母醫護管理專科學校</t>
-[...22 lines deleted...]
-  <si>
     <t>1292</t>
   </si>
   <si>
-    <t>新生學校財團法人新生醫護管理專科學校</t>
-[...22 lines deleted...]
-  <si>
     <t>1293</t>
   </si>
   <si>
-    <t>崇仁醫護管理專科學校</t>
-[...214 lines deleted...]
-  <si>
     <t>3002</t>
   </si>
   <si>
-    <t>臺北市立大學</t>
-[...749 lines deleted...]
-    <t>yuehtuan@gmail.com</t>
+    <t>公立</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>序號</t>
     <phoneticPr fontId="3" type="noConversion"/>
   </si>
   <si>
-    <t>公立</t>
-[...4 lines deleted...]
-  <si>
     <t>學校代碼</t>
     <phoneticPr fontId="3" type="noConversion"/>
   </si>
   <si>
-    <t>113學年度全國大專校院及校長名錄(含學校本部地址)</t>
-[...3 lines deleted...]
-行政區</t>
+    <t>第三級行政區</t>
     <phoneticPr fontId="3" type="noConversion"/>
   </si>
   <si>
-    <t>113學年度第2學期大專校院「校長基本資料」更新</t>
+    <t>114學年度全國大專校院及校長名錄(含學校本部地址)</t>
     <phoneticPr fontId="3" type="noConversion"/>
   </si>
   <si>
+    <t>匯出時間：115.01.08</t>
+    <phoneticPr fontId="3" type="noConversion"/>
+  </si>
+  <si>
+    <t>學校代碼</t>
+  </si>
+  <si>
     <t>校名</t>
   </si>
   <si>
     <t>電話號碼</t>
   </si>
   <si>
     <t>分機</t>
   </si>
   <si>
     <t>E-Mail</t>
   </si>
   <si>
     <t>接任日期</t>
   </si>
   <si>
-    <t>0008</t>
-[...31 lines deleted...]
-    <t>1023</t>
+    <t>備註：本表以學校代碼排列。</t>
+  </si>
+  <si>
+    <t>114學年度第2學期大專校院「校長基本資料」更新</t>
     <phoneticPr fontId="3" type="noConversion"/>
   </si>
   <si>
-    <t>南臺學校財團法人南臺科技大學</t>
-[...134 lines deleted...]
-    <phoneticPr fontId="3" type="noConversion"/>
+    <t>宋曜廷</t>
+  </si>
+  <si>
+    <t>02-7749-1014</t>
+  </si>
+  <si>
+    <t>115.02.22</t>
+  </si>
+  <si>
+    <t>任貽均</t>
+  </si>
+  <si>
+    <t>president@ntut.edu.tw</t>
+  </si>
+  <si>
+    <t>115.02.01</t>
+  </si>
+  <si>
+    <t>李文熙</t>
+  </si>
+  <si>
+    <t>w.s.lee@gms.npu.edu.tw</t>
+  </si>
+  <si>
+    <t>吳忠信</t>
+  </si>
+  <si>
+    <t>洪久賢</t>
+  </si>
+  <si>
+    <t>孫惠民</t>
+  </si>
+  <si>
+    <t>115.01.02</t>
+  </si>
+  <si>
+    <t>07-381-6133
+07-395-4882</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>aaoffice01@nkust.edu.tw
+president@nkust.edu.tw</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>0004</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>0025</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>0042</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>0053</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1017</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1033</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1031</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>林爵士</t>
+  </si>
+  <si>
+    <t>115.02.01</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>1043</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>周德光</t>
+  </si>
+  <si>
+    <t>07-781-1151</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>08-762-4002</t>
+    <phoneticPr fontId="1" type="noConversion"/>
+  </si>
+  <si>
+    <t>02-2771-2171</t>
+    <phoneticPr fontId="1" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="11">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
-      <color rgb="FF000000"/>
+      <color theme="1"/>
       <name val="新細明體"/>
-      <family val="1"/>
-      <charset val="136"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <sz val="11"/>
-      <color rgb="FF000000"/>
+      <sz val="9"/>
       <name val="新細明體"/>
-      <family val="1"/>
+      <family val="3"/>
       <charset val="136"/>
+      <scheme val="minor"/>
     </font>
     <font>
-      <u/>
-[...3 lines deleted...]
-      <family val="1"/>
+      <sz val="12"/>
+      <color rgb="FF000000"/>
+      <name val="微軟正黑體"/>
+      <family val="2"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="新細明體"/>
       <family val="1"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="微軟正黑體"/>
       <family val="2"/>
       <charset val="136"/>
     </font>
     <font>
-      <sz val="12"/>
-      <color rgb="FF000000"/>
+      <sz val="11"/>
+      <color theme="1"/>
       <name val="微軟正黑體"/>
       <family val="2"/>
+      <charset val="136"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <name val="微軟正黑體"/>
+      <family val="2"/>
+      <charset val="136"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF000000"/>
+      <name val="新細明體"/>
+      <family val="1"/>
       <charset val="136"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color rgb="FF000000"/>
       <name val="微軟正黑體"/>
       <family val="2"/>
       <charset val="136"/>
     </font>
     <font>
       <b/>
       <sz val="13"/>
       <color rgb="FF000000"/>
       <name val="微軟正黑體"/>
       <family val="2"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="微軟正黑體"/>
       <family val="2"/>
       <charset val="136"/>
     </font>
     <font>
-      <sz val="9"/>
-      <name val="思源黑體"/>
+      <sz val="12"/>
+      <color theme="1"/>
+      <name val="微軟正黑體"/>
       <family val="2"/>
       <charset val="136"/>
     </font>
     <font>
       <sz val="11.5"/>
-      <color rgb="FF000000"/>
+      <color theme="1"/>
       <name val="微軟正黑體"/>
       <family val="2"/>
       <charset val="136"/>
+    </font>
+    <font>
+      <sz val="12"/>
+      <color rgb="FF212529"/>
+      <name val="Segoe UI"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9D9D9"/>
         <bgColor rgb="FFD9D9D9"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="10">
     <border>
       <left/>
@@ -4944,318 +4842,294 @@
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="3">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" applyNumberFormat="0" applyFont="0" applyBorder="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="34">
+  <cellXfs count="36">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...5 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="3" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="3" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...21 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="3">
-[...2 lines deleted...]
-    <cellStyle name="超連結" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+  <cellStyles count="2">
+    <cellStyle name="一般" xfId="0" builtinId="0"/>
+    <cellStyle name="一般 3" xfId="1" xr:uid="{FCBCD549-1686-4508-9E48-8D6B45AA4AC4}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 佈景主題">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="Yu Gothic Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="Yu Gothic"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -5367,8685 +5241,8392 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:president@mail.fgu.edu.tw" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:president@mail.knu.edu.tw" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:president@ncu.edu.tw" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:winniewang@cct.edu.tw" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E351A6EA-021B-4EF5-965E-42FC7ABF9618}">
-  <dimension ref="A1:W154"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:Q152"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView tabSelected="1" workbookViewId="0">
       <selection sqref="A1:Q1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.75"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="5.7109375" style="1" customWidth="1"/>
-[...10 lines deleted...]
-    <col min="17" max="17" width="46" customWidth="1"/>
+    <col min="1" max="1" width="9" style="5"/>
+    <col min="2" max="2" width="10" style="11" customWidth="1"/>
+    <col min="3" max="3" width="9" style="4"/>
+    <col min="4" max="4" width="11.33203125" style="4" customWidth="1"/>
+    <col min="5" max="5" width="22.88671875" style="4" customWidth="1"/>
+    <col min="6" max="6" width="33.77734375" style="12" customWidth="1"/>
+    <col min="7" max="8" width="9" style="4"/>
+    <col min="9" max="9" width="6.21875" style="4" customWidth="1"/>
+    <col min="10" max="11" width="9" style="4"/>
+    <col min="12" max="12" width="10" style="13" customWidth="1"/>
+    <col min="13" max="13" width="34.77734375" style="4" customWidth="1"/>
+    <col min="14" max="15" width="16.77734375" style="4" customWidth="1"/>
+    <col min="16" max="16" width="32.21875" style="4" customWidth="1"/>
+    <col min="17" max="17" width="45.33203125" style="4" customWidth="1"/>
+    <col min="18" max="16384" width="9" style="4"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" s="3" customFormat="1" ht="21.75" customHeight="1">
-[...48 lines deleted...]
-      <c r="C3" s="4" t="s">
+    <row r="1" spans="1:17" ht="24.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="33" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B1" s="33"/>
+      <c r="C1" s="33"/>
+      <c r="D1" s="33"/>
+      <c r="E1" s="33"/>
+      <c r="F1" s="33"/>
+      <c r="G1" s="33"/>
+      <c r="H1" s="33"/>
+      <c r="I1" s="33"/>
+      <c r="J1" s="33"/>
+      <c r="K1" s="33"/>
+      <c r="L1" s="33"/>
+      <c r="M1" s="33"/>
+      <c r="N1" s="33"/>
+      <c r="O1" s="33"/>
+      <c r="P1" s="33"/>
+      <c r="Q1" s="33"/>
+    </row>
+    <row r="2" spans="1:17" ht="16.149999999999999" x14ac:dyDescent="0.3">
+      <c r="A2" s="32" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B2" s="32"/>
+      <c r="C2" s="32"/>
+      <c r="D2" s="32"/>
+      <c r="E2" s="32"/>
+      <c r="F2" s="32"/>
+      <c r="G2" s="32"/>
+      <c r="H2" s="32"/>
+      <c r="I2" s="32"/>
+      <c r="J2" s="32"/>
+      <c r="K2" s="32"/>
+      <c r="L2" s="32"/>
+      <c r="M2" s="32"/>
+      <c r="N2" s="32"/>
+      <c r="O2" s="32"/>
+      <c r="P2" s="32"/>
+      <c r="Q2" s="32"/>
+    </row>
+    <row r="3" spans="1:17" s="5" customFormat="1" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A3" s="1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C3" s="1" t="s">
         <v>0</v>
       </c>
-      <c r="D3" s="4" t="s">
+      <c r="D3" s="1" t="s">
         <v>1</v>
       </c>
-      <c r="E3" s="4" t="s">
+      <c r="E3" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="F3" s="6" t="s">
+      <c r="F3" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="G3" s="4" t="s">
+      <c r="G3" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="H3" s="4" t="s">
+      <c r="H3" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="I3" s="4" t="s">
+      <c r="I3" s="1" t="s">
+        <v>6</v>
+      </c>
+      <c r="J3" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="K3" s="3" t="s">
+        <v>1468</v>
+      </c>
+      <c r="L3" s="1" t="s">
+        <v>8</v>
+      </c>
+      <c r="M3" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="N3" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="O3" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="P3" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="Q3" s="1" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="4" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A4" s="6">
+        <v>1</v>
+      </c>
+      <c r="B4" s="7" t="s">
+        <v>1326</v>
+      </c>
+      <c r="C4" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D4" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="F4" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="G4" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H4" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="I4" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J4" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="L4" s="10">
+        <v>116011</v>
+      </c>
+      <c r="M4" s="8" t="s">
+        <v>22</v>
+      </c>
+      <c r="N4" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="O4" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="P4" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="Q4" s="8" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A5" s="6">
+        <v>2</v>
+      </c>
+      <c r="B5" s="7" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C5" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D5" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E5" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="G5" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H5" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I5" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J5" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="K5" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="L5" s="10">
+        <v>300044</v>
+      </c>
+      <c r="M5" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="N5" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="O5" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="P5" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="Q5" s="8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A6" s="6">
+        <v>3</v>
+      </c>
+      <c r="B6" s="7" t="s">
+        <v>1328</v>
+      </c>
+      <c r="C6" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D6" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="G6" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="I6" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J6" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K6" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="L6" s="10">
+        <v>106319</v>
+      </c>
+      <c r="M6" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="N6" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="O6" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="P6" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="Q6" s="8" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="7" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A7" s="6">
+        <v>4</v>
+      </c>
+      <c r="B7" s="7" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C7" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D7" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E7" s="8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="G7" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H7" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="I7" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J7" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K7" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="L7" s="10">
+        <v>106209</v>
+      </c>
+      <c r="M7" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="N7" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="O7" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="P7" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q7" s="8" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="8" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A8" s="6">
+        <v>5</v>
+      </c>
+      <c r="B8" s="7" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C8" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D8" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F8" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="G8" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H8" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="I8" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J8" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K8" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="L8" s="10">
+        <v>701401</v>
+      </c>
+      <c r="M8" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="N8" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="O8" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="P8" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q8" s="8" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="9" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A9" s="6">
+        <v>6</v>
+      </c>
+      <c r="B9" s="7" t="s">
         <v>1331</v>
       </c>
-      <c r="J3" s="4" t="s">
-[...5 lines deleted...]
-      <c r="L3" s="4" t="s">
+      <c r="C9" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D9" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E9" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="F9" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="G9" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H9" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="I9" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J9" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K9" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="L9" s="10">
+        <v>402202</v>
+      </c>
+      <c r="M9" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="N9" s="8" t="s">
+        <v>69</v>
+      </c>
+      <c r="O9" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="P9" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q9" s="8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A10" s="6">
         <v>7</v>
       </c>
-      <c r="M3" s="4" t="s">
+      <c r="B10" s="7" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C10" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D10" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E10" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="F10" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="G10" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H10" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="I10" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J10" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="K10" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="L10" s="10">
+        <v>300093</v>
+      </c>
+      <c r="M10" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="N10" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="O10" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="P10" s="8" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q10" s="8" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A11" s="6">
         <v>8</v>
       </c>
-      <c r="N3" s="4" t="s">
+      <c r="B11" s="7" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C11" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D11" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E11" s="8" t="s">
+        <v>81</v>
+      </c>
+      <c r="F11" s="9" t="s">
+        <v>82</v>
+      </c>
+      <c r="G11" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H11" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="I11" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J11" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="K11" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="L11" s="10">
+        <v>320317</v>
+      </c>
+      <c r="M11" s="8" t="s">
+        <v>86</v>
+      </c>
+      <c r="N11" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="O11" s="8" t="s">
+        <v>88</v>
+      </c>
+      <c r="P11" s="8" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q11" s="8" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A12" s="6">
         <v>9</v>
       </c>
-      <c r="O3" s="4" t="s">
+      <c r="B12" s="7" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C12" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D12" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E12" s="8" t="s">
+        <v>91</v>
+      </c>
+      <c r="F12" s="9" t="s">
+        <v>92</v>
+      </c>
+      <c r="G12" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H12" s="8" t="s">
+        <v>93</v>
+      </c>
+      <c r="I12" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J12" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="K12" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="L12" s="10">
+        <v>804201</v>
+      </c>
+      <c r="M12" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="N12" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="O12" s="8" t="s">
+        <v>98</v>
+      </c>
+      <c r="P12" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q12" s="8" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="13" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A13" s="6">
         <v>10</v>
       </c>
-      <c r="P3" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Q3" s="4" t="s">
+      <c r="B13" s="7" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C13" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D13" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E13" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="F13" s="9" t="s">
+        <v>102</v>
+      </c>
+      <c r="G13" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H13" s="8" t="s">
+        <v>103</v>
+      </c>
+      <c r="I13" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J13" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="K13" s="8" t="s">
+        <v>105</v>
+      </c>
+      <c r="L13" s="10">
+        <v>202301</v>
+      </c>
+      <c r="M13" s="8" t="s">
+        <v>106</v>
+      </c>
+      <c r="N13" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="O13" s="8" t="s">
+        <v>108</v>
+      </c>
+      <c r="P13" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="Q13" s="8" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A14" s="6">
         <v>11</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" s="32" t="s">
+      <c r="B14" s="7" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C14" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D14" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E14" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="F14" s="9" t="s">
+        <v>112</v>
+      </c>
+      <c r="G14" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H14" s="8" t="s">
+        <v>113</v>
+      </c>
+      <c r="I14" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J14" s="8" t="s">
+        <v>114</v>
+      </c>
+      <c r="K14" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="L14" s="10">
+        <v>621301</v>
+      </c>
+      <c r="M14" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="N14" s="8" t="s">
+        <v>117</v>
+      </c>
+      <c r="O14" s="8" t="s">
+        <v>118</v>
+      </c>
+      <c r="P14" s="8" t="s">
+        <v>119</v>
+      </c>
+      <c r="Q14" s="8" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A15" s="6">
         <v>12</v>
       </c>
-      <c r="C4" s="26" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="26" t="s">
+      <c r="B15" s="7" t="s">
+        <v>1337</v>
+      </c>
+      <c r="C15" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D15" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="8" t="s">
+        <v>121</v>
+      </c>
+      <c r="F15" s="9" t="s">
+        <v>122</v>
+      </c>
+      <c r="G15" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H15" s="8" t="s">
+        <v>123</v>
+      </c>
+      <c r="I15" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J15" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="K15" s="8" t="s">
+        <v>124</v>
+      </c>
+      <c r="L15" s="10">
+        <v>802561</v>
+      </c>
+      <c r="M15" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="N15" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="O15" s="8" t="s">
+        <v>127</v>
+      </c>
+      <c r="P15" s="8" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q15" s="8" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A16" s="6">
         <v>13</v>
       </c>
-      <c r="E4" s="26" t="s">
+      <c r="B16" s="7" t="s">
+        <v>1338</v>
+      </c>
+      <c r="C16" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D16" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="F4" s="26" t="s">
+      <c r="E16" s="8" t="s">
+        <v>130</v>
+      </c>
+      <c r="F16" s="9" t="s">
+        <v>131</v>
+      </c>
+      <c r="G16" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H16" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="I16" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J16" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="K16" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="L16" s="10">
+        <v>500207</v>
+      </c>
+      <c r="M16" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="N16" s="8" t="s">
+        <v>136</v>
+      </c>
+      <c r="O16" s="8" t="s">
+        <v>137</v>
+      </c>
+      <c r="P16" s="8" t="s">
+        <v>138</v>
+      </c>
+      <c r="Q16" s="8" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A17" s="6">
+        <v>14</v>
+      </c>
+      <c r="B17" s="7" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C17" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D17" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E17" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="F17" s="9" t="s">
+        <v>141</v>
+      </c>
+      <c r="G17" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H17" s="8" t="s">
+        <v>142</v>
+      </c>
+      <c r="I17" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J17" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K17" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="L17" s="10">
+        <v>237303</v>
+      </c>
+      <c r="M17" s="8" t="s">
+        <v>145</v>
+      </c>
+      <c r="N17" s="8" t="s">
+        <v>146</v>
+      </c>
+      <c r="O17" s="8" t="s">
+        <v>147</v>
+      </c>
+      <c r="P17" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="Q17" s="8" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="18" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A18" s="6">
         <v>15</v>
       </c>
-      <c r="G4" s="26" t="s">
+      <c r="B18" s="7" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C18" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D18" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E18" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="F18" s="9" t="s">
+        <v>151</v>
+      </c>
+      <c r="G18" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H18" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="I18" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J18" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="K18" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="L18" s="10">
+        <v>600355</v>
+      </c>
+      <c r="M18" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="N18" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="O18" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="P18" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="Q18" s="8" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A19" s="6">
         <v>16</v>
       </c>
-      <c r="H4" s="26" t="s">
-[...5 lines deleted...]
-      <c r="J4" s="26" t="s">
+      <c r="B19" s="7" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C19" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D19" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E19" s="8" t="s">
+        <v>159</v>
+      </c>
+      <c r="F19" s="9" t="s">
+        <v>160</v>
+      </c>
+      <c r="G19" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H19" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="I19" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J19" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="K19" s="8" t="s">
+        <v>162</v>
+      </c>
+      <c r="L19" s="10">
+        <v>811726</v>
+      </c>
+      <c r="M19" s="8" t="s">
+        <v>163</v>
+      </c>
+      <c r="N19" s="8" t="s">
+        <v>164</v>
+      </c>
+      <c r="O19" s="8" t="s">
+        <v>165</v>
+      </c>
+      <c r="P19" s="8" t="s">
+        <v>166</v>
+      </c>
+      <c r="Q19" s="8" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="20" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A20" s="6">
+        <v>17</v>
+      </c>
+      <c r="B20" s="7" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C20" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D20" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E20" s="8" t="s">
+        <v>168</v>
+      </c>
+      <c r="F20" s="9" t="s">
+        <v>169</v>
+      </c>
+      <c r="G20" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H20" s="8" t="s">
+        <v>170</v>
+      </c>
+      <c r="I20" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J20" s="8" t="s">
+        <v>171</v>
+      </c>
+      <c r="K20" s="8" t="s">
+        <v>172</v>
+      </c>
+      <c r="L20" s="10">
+        <v>974301</v>
+      </c>
+      <c r="M20" s="8" t="s">
+        <v>173</v>
+      </c>
+      <c r="N20" s="8" t="s">
+        <v>174</v>
+      </c>
+      <c r="O20" s="8" t="s">
+        <v>175</v>
+      </c>
+      <c r="P20" s="8" t="s">
+        <v>176</v>
+      </c>
+      <c r="Q20" s="8" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A21" s="6">
         <v>18</v>
       </c>
-      <c r="K4" s="26" t="s">
+      <c r="B21" s="7" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C21" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D21" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E21" s="8" t="s">
+        <v>178</v>
+      </c>
+      <c r="F21" s="9" t="s">
+        <v>179</v>
+      </c>
+      <c r="G21" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H21" s="8" t="s">
+        <v>180</v>
+      </c>
+      <c r="I21" s="8" t="s">
         <v>19</v>
       </c>
-      <c r="L4" s="26">
-[...2 lines deleted...]
-      <c r="M4" s="26" t="s">
+      <c r="J21" s="8" t="s">
+        <v>181</v>
+      </c>
+      <c r="K21" s="8" t="s">
+        <v>182</v>
+      </c>
+      <c r="L21" s="10">
+        <v>545301</v>
+      </c>
+      <c r="M21" s="8" t="s">
+        <v>183</v>
+      </c>
+      <c r="N21" s="8" t="s">
+        <v>184</v>
+      </c>
+      <c r="O21" s="8" t="s">
+        <v>185</v>
+      </c>
+      <c r="P21" s="8" t="s">
+        <v>186</v>
+      </c>
+      <c r="Q21" s="8" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="22" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A22" s="6">
+        <v>19</v>
+      </c>
+      <c r="B22" s="7" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C22" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D22" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E22" s="8" t="s">
+        <v>189</v>
+      </c>
+      <c r="F22" s="9" t="s">
+        <v>190</v>
+      </c>
+      <c r="G22" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H22" s="8" t="s">
+        <v>191</v>
+      </c>
+      <c r="I22" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J22" s="8" t="s">
         <v>20</v>
       </c>
-      <c r="N4" s="26" t="s">
+      <c r="K22" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="L22" s="10">
+        <v>106335</v>
+      </c>
+      <c r="M22" s="8" t="s">
+        <v>192</v>
+      </c>
+      <c r="N22" s="8" t="s">
+        <v>193</v>
+      </c>
+      <c r="O22" s="8" t="s">
+        <v>194</v>
+      </c>
+      <c r="P22" s="8" t="s">
+        <v>195</v>
+      </c>
+      <c r="Q22" s="8" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="23" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A23" s="6">
+        <v>20</v>
+      </c>
+      <c r="B23" s="7" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C23" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D23" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E23" s="8" t="s">
+        <v>197</v>
+      </c>
+      <c r="F23" s="9" t="s">
+        <v>198</v>
+      </c>
+      <c r="G23" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H23" s="8" t="s">
+        <v>199</v>
+      </c>
+      <c r="I23" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J23" s="8" t="s">
+        <v>200</v>
+      </c>
+      <c r="K23" s="8" t="s">
+        <v>201</v>
+      </c>
+      <c r="L23" s="10">
+        <v>640301</v>
+      </c>
+      <c r="M23" s="8" t="s">
+        <v>202</v>
+      </c>
+      <c r="N23" s="8" t="s">
+        <v>203</v>
+      </c>
+      <c r="O23" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="P23" s="8" t="s">
+        <v>205</v>
+      </c>
+      <c r="Q23" s="8" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="24" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A24" s="6">
         <v>21</v>
       </c>
-      <c r="O4" s="26" t="s">
+      <c r="B24" s="7" t="s">
+        <v>1346</v>
+      </c>
+      <c r="C24" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D24" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E24" s="8" t="s">
+        <v>207</v>
+      </c>
+      <c r="F24" s="9" t="s">
+        <v>208</v>
+      </c>
+      <c r="G24" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H24" s="8" t="s">
+        <v>209</v>
+      </c>
+      <c r="I24" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J24" s="8" t="s">
+        <v>210</v>
+      </c>
+      <c r="K24" s="8" t="s">
+        <v>211</v>
+      </c>
+      <c r="L24" s="10">
+        <v>912301</v>
+      </c>
+      <c r="M24" s="8" t="s">
+        <v>212</v>
+      </c>
+      <c r="N24" s="8" t="s">
+        <v>213</v>
+      </c>
+      <c r="O24" s="8" t="s">
+        <v>214</v>
+      </c>
+      <c r="P24" s="8" t="s">
+        <v>215</v>
+      </c>
+      <c r="Q24" s="8" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="25" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A25" s="6">
         <v>22</v>
       </c>
-      <c r="P4" s="26" t="s">
-[...2 lines deleted...]
-      <c r="Q4" s="26" t="s">
+      <c r="B25" s="7" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C25" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D25" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E25" s="8" t="s">
+        <v>217</v>
+      </c>
+      <c r="F25" s="9" t="s">
+        <v>218</v>
+      </c>
+      <c r="G25" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H25" s="8" t="s">
+        <v>219</v>
+      </c>
+      <c r="I25" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J25" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K25" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="L25" s="10">
+        <v>106344</v>
+      </c>
+      <c r="M25" s="8" t="s">
+        <v>220</v>
+      </c>
+      <c r="N25" s="8" t="s">
+        <v>221</v>
+      </c>
+      <c r="O25" s="8" t="s">
+        <v>222</v>
+      </c>
+      <c r="P25" s="8" t="s">
+        <v>223</v>
+      </c>
+      <c r="Q25" s="8" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="26" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A26" s="6">
         <v>23</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B5" s="32" t="s">
+      <c r="B26" s="7" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C26" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D26" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E26" s="8" t="s">
+        <v>225</v>
+      </c>
+      <c r="F26" s="9" t="s">
+        <v>226</v>
+      </c>
+      <c r="G26" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H26" s="8" t="s">
+        <v>227</v>
+      </c>
+      <c r="I26" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J26" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K26" s="8" t="s">
+        <v>228</v>
+      </c>
+      <c r="L26" s="10">
+        <v>112301</v>
+      </c>
+      <c r="M26" s="8" t="s">
+        <v>229</v>
+      </c>
+      <c r="N26" s="8" t="s">
+        <v>230</v>
+      </c>
+      <c r="O26" s="8" t="s">
+        <v>231</v>
+      </c>
+      <c r="P26" s="8" t="s">
+        <v>232</v>
+      </c>
+      <c r="Q26" s="8" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="27" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A27" s="6">
         <v>24</v>
       </c>
-      <c r="C5" s="26" t="s">
-[...5 lines deleted...]
-      <c r="E5" s="26" t="s">
+      <c r="B27" s="7" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C27" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D27" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E27" s="8" t="s">
+        <v>234</v>
+      </c>
+      <c r="F27" s="9" t="s">
+        <v>235</v>
+      </c>
+      <c r="G27" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H27" s="8" t="s">
+        <v>236</v>
+      </c>
+      <c r="I27" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J27" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K27" s="8" t="s">
+        <v>237</v>
+      </c>
+      <c r="L27" s="10">
+        <v>220307</v>
+      </c>
+      <c r="M27" s="8" t="s">
+        <v>238</v>
+      </c>
+      <c r="N27" s="8" t="s">
+        <v>239</v>
+      </c>
+      <c r="O27" s="8" t="s">
+        <v>240</v>
+      </c>
+      <c r="P27" s="8" t="s">
+        <v>241</v>
+      </c>
+      <c r="Q27" s="8" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="28" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A28" s="6">
         <v>25</v>
       </c>
-      <c r="F5" s="26" t="s">
+      <c r="B28" s="7" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C28" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D28" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E28" s="8" t="s">
+        <v>243</v>
+      </c>
+      <c r="F28" s="9" t="s">
+        <v>244</v>
+      </c>
+      <c r="G28" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H28" s="8" t="s">
+        <v>245</v>
+      </c>
+      <c r="I28" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J28" s="8" t="s">
+        <v>246</v>
+      </c>
+      <c r="K28" s="8" t="s">
+        <v>247</v>
+      </c>
+      <c r="L28" s="10">
+        <v>950309</v>
+      </c>
+      <c r="M28" s="8" t="s">
+        <v>248</v>
+      </c>
+      <c r="N28" s="8" t="s">
+        <v>249</v>
+      </c>
+      <c r="O28" s="8" t="s">
+        <v>250</v>
+      </c>
+      <c r="P28" s="8" t="s">
+        <v>251</v>
+      </c>
+      <c r="Q28" s="8" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A29" s="6">
         <v>26</v>
       </c>
-      <c r="G5" s="26" t="s">
-[...2 lines deleted...]
-      <c r="H5" s="26" t="s">
+      <c r="B29" s="7" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C29" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D29" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E29" s="8" t="s">
+        <v>253</v>
+      </c>
+      <c r="F29" s="9" t="s">
+        <v>254</v>
+      </c>
+      <c r="G29" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H29" s="8" t="s">
+        <v>255</v>
+      </c>
+      <c r="I29" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J29" s="8" t="s">
+        <v>256</v>
+      </c>
+      <c r="K29" s="8" t="s">
+        <v>257</v>
+      </c>
+      <c r="L29" s="10">
+        <v>260007</v>
+      </c>
+      <c r="M29" s="8" t="s">
+        <v>258</v>
+      </c>
+      <c r="N29" s="8" t="s">
+        <v>259</v>
+      </c>
+      <c r="O29" s="8" t="s">
+        <v>260</v>
+      </c>
+      <c r="P29" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="Q29" s="8" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="30" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A30" s="6">
         <v>27</v>
       </c>
-      <c r="I5" s="26" t="s">
-[...2 lines deleted...]
-      <c r="J5" s="26" t="s">
+      <c r="B30" s="7" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C30" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D30" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E30" s="8" t="s">
+        <v>263</v>
+      </c>
+      <c r="F30" s="9" t="s">
+        <v>264</v>
+      </c>
+      <c r="G30" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H30" s="8" t="s">
+        <v>265</v>
+      </c>
+      <c r="I30" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J30" s="8" t="s">
+        <v>266</v>
+      </c>
+      <c r="K30" s="8" t="s">
+        <v>267</v>
+      </c>
+      <c r="L30" s="10">
+        <v>360302</v>
+      </c>
+      <c r="M30" s="8" t="s">
+        <v>268</v>
+      </c>
+      <c r="N30" s="8" t="s">
+        <v>269</v>
+      </c>
+      <c r="O30" s="8" t="s">
+        <v>270</v>
+      </c>
+      <c r="P30" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="Q30" s="8" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A31" s="6">
         <v>28</v>
       </c>
-      <c r="K5" s="26" t="s">
-[...5 lines deleted...]
-      <c r="M5" s="26" t="s">
+      <c r="B31" s="7" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C31" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D31" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E31" s="8" t="s">
+        <v>273</v>
+      </c>
+      <c r="F31" s="9" t="s">
+        <v>274</v>
+      </c>
+      <c r="G31" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H31" s="8" t="s">
+        <v>275</v>
+      </c>
+      <c r="I31" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J31" s="8" t="s">
+        <v>200</v>
+      </c>
+      <c r="K31" s="8" t="s">
+        <v>276</v>
+      </c>
+      <c r="L31" s="10">
+        <v>632301</v>
+      </c>
+      <c r="M31" s="8" t="s">
+        <v>277</v>
+      </c>
+      <c r="N31" s="8" t="s">
+        <v>278</v>
+      </c>
+      <c r="O31" s="8" t="s">
+        <v>279</v>
+      </c>
+      <c r="P31" s="8" t="s">
+        <v>280</v>
+      </c>
+      <c r="Q31" s="8" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="32" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A32" s="6">
         <v>29</v>
       </c>
-      <c r="N5" s="26" t="s">
+      <c r="B32" s="7" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C32" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D32" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E32" s="8" t="s">
+        <v>282</v>
+      </c>
+      <c r="F32" s="9" t="s">
+        <v>283</v>
+      </c>
+      <c r="G32" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H32" s="8" t="s">
+        <v>284</v>
+      </c>
+      <c r="I32" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J32" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K32" s="8" t="s">
+        <v>285</v>
+      </c>
+      <c r="L32" s="10">
+        <v>720005</v>
+      </c>
+      <c r="M32" s="8" t="s">
+        <v>286</v>
+      </c>
+      <c r="N32" s="8" t="s">
+        <v>287</v>
+      </c>
+      <c r="O32" s="8" t="s">
+        <v>288</v>
+      </c>
+      <c r="P32" s="8" t="s">
+        <v>289</v>
+      </c>
+      <c r="Q32" s="8" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="33" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A33" s="6">
         <v>30</v>
       </c>
-      <c r="O5" s="26" t="s">
+      <c r="B33" s="7" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C33" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D33" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E33" s="8" t="s">
+        <v>291</v>
+      </c>
+      <c r="F33" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="G33" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H33" s="8" t="s">
+        <v>293</v>
+      </c>
+      <c r="I33" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="J33" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K33" s="8" t="s">
+        <v>295</v>
+      </c>
+      <c r="L33" s="10">
+        <v>700301</v>
+      </c>
+      <c r="M33" s="8" t="s">
+        <v>296</v>
+      </c>
+      <c r="N33" s="8" t="s">
+        <v>297</v>
+      </c>
+      <c r="O33" s="8" t="s">
+        <v>298</v>
+      </c>
+      <c r="P33" s="8" t="s">
+        <v>299</v>
+      </c>
+      <c r="Q33" s="8" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="34" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A34" s="6">
         <v>31</v>
       </c>
-      <c r="P5" s="26" t="s">
-[...2 lines deleted...]
-      <c r="Q5" s="26" t="s">
+      <c r="B34" s="7" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C34" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D34" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E34" s="8" t="s">
+        <v>301</v>
+      </c>
+      <c r="F34" s="9" t="s">
+        <v>302</v>
+      </c>
+      <c r="G34" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H34" s="8" t="s">
+        <v>303</v>
+      </c>
+      <c r="I34" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J34" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K34" s="8" t="s">
+        <v>39</v>
+      </c>
+      <c r="L34" s="10">
+        <v>106320</v>
+      </c>
+      <c r="M34" s="8" t="s">
+        <v>304</v>
+      </c>
+      <c r="N34" s="8" t="s">
+        <v>305</v>
+      </c>
+      <c r="O34" s="8" t="s">
+        <v>306</v>
+      </c>
+      <c r="P34" s="8" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q34" s="8" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="35" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A35" s="6">
         <v>32</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B6" s="32" t="s">
+      <c r="B35" s="7" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C35" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D35" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E35" s="8" t="s">
+        <v>309</v>
+      </c>
+      <c r="F35" s="9" t="s">
+        <v>310</v>
+      </c>
+      <c r="G35" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H35" s="8" t="s">
+        <v>311</v>
+      </c>
+      <c r="I35" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J35" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K35" s="8" t="s">
+        <v>312</v>
+      </c>
+      <c r="L35" s="10">
+        <v>403514</v>
+      </c>
+      <c r="M35" s="8" t="s">
+        <v>313</v>
+      </c>
+      <c r="N35" s="8" t="s">
+        <v>314</v>
+      </c>
+      <c r="O35" s="8" t="s">
+        <v>315</v>
+      </c>
+      <c r="P35" s="8" t="s">
+        <v>316</v>
+      </c>
+      <c r="Q35" s="8" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="36" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A36" s="6">
         <v>33</v>
       </c>
-      <c r="C6" s="26" t="s">
-[...5 lines deleted...]
-      <c r="E6" s="26" t="s">
+      <c r="B36" s="7" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C36" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D36" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E36" s="8" t="s">
+        <v>318</v>
+      </c>
+      <c r="F36" s="9" t="s">
+        <v>319</v>
+      </c>
+      <c r="G36" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H36" s="8" t="s">
+        <v>320</v>
+      </c>
+      <c r="I36" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="J36" s="8" t="s">
+        <v>321</v>
+      </c>
+      <c r="K36" s="8" t="s">
+        <v>322</v>
+      </c>
+      <c r="L36" s="10">
+        <v>880011</v>
+      </c>
+      <c r="M36" s="8" t="s">
+        <v>323</v>
+      </c>
+      <c r="N36" s="8" t="s">
+        <v>324</v>
+      </c>
+      <c r="O36" s="8" t="s">
+        <v>325</v>
+      </c>
+      <c r="P36" s="8" t="s">
+        <v>326</v>
+      </c>
+      <c r="Q36" s="8" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="37" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A37" s="6">
         <v>34</v>
       </c>
-      <c r="F6" s="26" t="s">
+      <c r="B37" s="7" t="s">
+        <v>1359</v>
+      </c>
+      <c r="C37" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D37" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E37" s="8" t="s">
+        <v>328</v>
+      </c>
+      <c r="F37" s="9" t="s">
+        <v>329</v>
+      </c>
+      <c r="G37" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H37" s="8" t="s">
+        <v>330</v>
+      </c>
+      <c r="I37" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J37" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K37" s="8" t="s">
+        <v>331</v>
+      </c>
+      <c r="L37" s="10">
+        <v>411030</v>
+      </c>
+      <c r="M37" s="8" t="s">
+        <v>332</v>
+      </c>
+      <c r="N37" s="8" t="s">
+        <v>333</v>
+      </c>
+      <c r="O37" s="8" t="s">
+        <v>334</v>
+      </c>
+      <c r="P37" s="8" t="s">
+        <v>335</v>
+      </c>
+      <c r="Q37" s="8" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="38" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A38" s="6">
         <v>35</v>
       </c>
-      <c r="G6" s="26" t="s">
-[...2 lines deleted...]
-      <c r="H6" s="26" t="s">
+      <c r="B38" s="7" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C38" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D38" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38" s="8" t="s">
+        <v>337</v>
+      </c>
+      <c r="F38" s="9" t="s">
+        <v>338</v>
+      </c>
+      <c r="G38" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H38" s="8" t="s">
+        <v>339</v>
+      </c>
+      <c r="I38" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J38" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="K38" s="8" t="s">
+        <v>340</v>
+      </c>
+      <c r="L38" s="10">
+        <v>333325</v>
+      </c>
+      <c r="M38" s="8" t="s">
+        <v>341</v>
+      </c>
+      <c r="N38" s="8" t="s">
+        <v>342</v>
+      </c>
+      <c r="O38" s="8" t="s">
+        <v>343</v>
+      </c>
+      <c r="P38" s="8" t="s">
+        <v>344</v>
+      </c>
+      <c r="Q38" s="8" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="39" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A39" s="6">
         <v>36</v>
       </c>
-      <c r="I6" s="26" t="s">
-[...5 lines deleted...]
-      <c r="K6" s="26" t="s">
+      <c r="B39" s="7" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C39" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D39" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E39" s="8" t="s">
+        <v>346</v>
+      </c>
+      <c r="F39" s="9" t="s">
+        <v>347</v>
+      </c>
+      <c r="G39" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H39" s="8" t="s">
+        <v>348</v>
+      </c>
+      <c r="I39" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="J39" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K39" s="8" t="s">
+        <v>228</v>
+      </c>
+      <c r="L39" s="10">
+        <v>112303</v>
+      </c>
+      <c r="M39" s="8" t="s">
+        <v>349</v>
+      </c>
+      <c r="N39" s="8" t="s">
+        <v>350</v>
+      </c>
+      <c r="O39" s="8" t="s">
+        <v>351</v>
+      </c>
+      <c r="P39" s="8" t="s">
+        <v>352</v>
+      </c>
+      <c r="Q39" s="8" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="40" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A40" s="6">
         <v>37</v>
       </c>
-      <c r="L6" s="26">
-[...2 lines deleted...]
-      <c r="M6" s="26" t="s">
+      <c r="B40" s="7" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C40" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D40" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E40" s="8" t="s">
+        <v>354</v>
+      </c>
+      <c r="F40" s="9" t="s">
+        <v>355</v>
+      </c>
+      <c r="G40" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H40" s="8" t="s">
+        <v>356</v>
+      </c>
+      <c r="I40" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J40" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="K40" s="8" t="s">
+        <v>357</v>
+      </c>
+      <c r="L40" s="10">
+        <v>812301</v>
+      </c>
+      <c r="M40" s="8" t="s">
+        <v>358</v>
+      </c>
+      <c r="N40" s="8" t="s">
+        <v>359</v>
+      </c>
+      <c r="O40" s="8" t="s">
+        <v>360</v>
+      </c>
+      <c r="P40" s="8" t="s">
+        <v>361</v>
+      </c>
+      <c r="Q40" s="8" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="41" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A41" s="6">
         <v>38</v>
       </c>
-      <c r="N6" s="26" t="s">
+      <c r="B41" s="7" t="s">
+        <v>1363</v>
+      </c>
+      <c r="C41" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D41" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E41" s="8" t="s">
+        <v>363</v>
+      </c>
+      <c r="F41" s="9" t="s">
+        <v>364</v>
+      </c>
+      <c r="G41" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H41" s="8" t="s">
+        <v>365</v>
+      </c>
+      <c r="I41" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J41" s="8" t="s">
+        <v>366</v>
+      </c>
+      <c r="K41" s="8" t="s">
+        <v>367</v>
+      </c>
+      <c r="L41" s="10">
+        <v>892009</v>
+      </c>
+      <c r="M41" s="8" t="s">
+        <v>368</v>
+      </c>
+      <c r="N41" s="8" t="s">
+        <v>369</v>
+      </c>
+      <c r="O41" s="8" t="s">
+        <v>370</v>
+      </c>
+      <c r="P41" s="8" t="s">
+        <v>371</v>
+      </c>
+      <c r="Q41" s="8" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="42" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A42" s="6">
         <v>39</v>
       </c>
-      <c r="O6" s="26" t="s">
+      <c r="B42" s="7" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C42" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D42" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E42" s="8" t="s">
+        <v>373</v>
+      </c>
+      <c r="F42" s="9" t="s">
+        <v>374</v>
+      </c>
+      <c r="G42" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H42" s="8" t="s">
+        <v>375</v>
+      </c>
+      <c r="I42" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J42" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K42" s="8" t="s">
+        <v>376</v>
+      </c>
+      <c r="L42" s="10">
+        <v>404401</v>
+      </c>
+      <c r="M42" s="8" t="s">
+        <v>377</v>
+      </c>
+      <c r="N42" s="8" t="s">
+        <v>378</v>
+      </c>
+      <c r="O42" s="8" t="s">
+        <v>379</v>
+      </c>
+      <c r="P42" s="8" t="s">
+        <v>380</v>
+      </c>
+      <c r="Q42" s="8" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="43" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A43" s="6">
         <v>40</v>
       </c>
-      <c r="P6" s="26" t="s">
-[...2 lines deleted...]
-      <c r="Q6" s="26" t="s">
+      <c r="B43" s="7" t="s">
+        <v>1365</v>
+      </c>
+      <c r="C43" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D43" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E43" s="8" t="s">
+        <v>382</v>
+      </c>
+      <c r="F43" s="9" t="s">
+        <v>383</v>
+      </c>
+      <c r="G43" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H43" s="8" t="s">
+        <v>384</v>
+      </c>
+      <c r="I43" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J43" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K43" s="8" t="s">
+        <v>385</v>
+      </c>
+      <c r="L43" s="10">
+        <v>404336</v>
+      </c>
+      <c r="M43" s="8" t="s">
+        <v>386</v>
+      </c>
+      <c r="N43" s="8" t="s">
+        <v>387</v>
+      </c>
+      <c r="O43" s="8" t="s">
+        <v>388</v>
+      </c>
+      <c r="P43" s="8" t="s">
+        <v>389</v>
+      </c>
+      <c r="Q43" s="8" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="44" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A44" s="6">
         <v>41</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B7" s="32" t="s">
+      <c r="B44" s="7" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C44" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D44" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E44" s="8" t="s">
+        <v>391</v>
+      </c>
+      <c r="F44" s="9" t="s">
+        <v>392</v>
+      </c>
+      <c r="G44" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H44" s="8" t="s">
+        <v>393</v>
+      </c>
+      <c r="I44" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J44" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K44" s="8" t="s">
+        <v>105</v>
+      </c>
+      <c r="L44" s="10">
+        <v>100025</v>
+      </c>
+      <c r="M44" s="8" t="s">
+        <v>394</v>
+      </c>
+      <c r="N44" s="8" t="s">
+        <v>395</v>
+      </c>
+      <c r="O44" s="8" t="s">
+        <v>396</v>
+      </c>
+      <c r="P44" s="8" t="s">
+        <v>397</v>
+      </c>
+      <c r="Q44" s="8" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="45" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A45" s="6">
         <v>42</v>
       </c>
-      <c r="C7" s="26" t="s">
-[...5 lines deleted...]
-      <c r="E7" s="26" t="s">
+      <c r="B45" s="7" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C45" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D45" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E45" s="8" t="s">
+        <v>399</v>
+      </c>
+      <c r="F45" s="9" t="s">
+        <v>400</v>
+      </c>
+      <c r="G45" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H45" s="8" t="s">
+        <v>401</v>
+      </c>
+      <c r="I45" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J45" s="8" t="s">
+        <v>210</v>
+      </c>
+      <c r="K45" s="8" t="s">
+        <v>402</v>
+      </c>
+      <c r="L45" s="10">
+        <v>900391</v>
+      </c>
+      <c r="M45" s="8" t="s">
+        <v>403</v>
+      </c>
+      <c r="N45" s="8" t="s">
+        <v>404</v>
+      </c>
+      <c r="O45" s="8" t="s">
+        <v>405</v>
+      </c>
+      <c r="P45" s="8" t="s">
+        <v>406</v>
+      </c>
+      <c r="Q45" s="8" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="46" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A46" s="6">
         <v>43</v>
       </c>
-      <c r="F7" s="26" t="s">
+      <c r="B46" s="7" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C46" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D46" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E46" s="8" t="s">
+        <v>408</v>
+      </c>
+      <c r="F46" s="9" t="s">
+        <v>409</v>
+      </c>
+      <c r="G46" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H46" s="8" t="s">
+        <v>410</v>
+      </c>
+      <c r="I46" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J46" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="K46" s="8" t="s">
+        <v>411</v>
+      </c>
+      <c r="L46" s="10">
+        <v>807618</v>
+      </c>
+      <c r="M46" s="8" t="s">
+        <v>412</v>
+      </c>
+      <c r="N46" s="8" t="s">
+        <v>413</v>
+      </c>
+      <c r="O46" s="8" t="s">
+        <v>414</v>
+      </c>
+      <c r="P46" s="8" t="s">
+        <v>415</v>
+      </c>
+      <c r="Q46" s="8" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="47" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A47" s="6">
         <v>44</v>
       </c>
-      <c r="G7" s="26" t="s">
-[...2 lines deleted...]
-      <c r="H7" s="26" t="s">
+      <c r="B47" s="7" t="s">
+        <v>1369</v>
+      </c>
+      <c r="C47" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D47" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E47" s="8" t="s">
+        <v>417</v>
+      </c>
+      <c r="F47" s="9" t="s">
+        <v>418</v>
+      </c>
+      <c r="G47" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H47" s="8" t="s">
+        <v>419</v>
+      </c>
+      <c r="I47" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J47" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K47" s="8" t="s">
+        <v>420</v>
+      </c>
+      <c r="L47" s="10">
+        <v>114023</v>
+      </c>
+      <c r="M47" s="8" t="s">
+        <v>421</v>
+      </c>
+      <c r="N47" s="8" t="s">
+        <v>422</v>
+      </c>
+      <c r="O47" s="8" t="s">
+        <v>423</v>
+      </c>
+      <c r="P47" s="8" t="s">
+        <v>424</v>
+      </c>
+      <c r="Q47" s="8" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="48" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A48" s="6">
         <v>45</v>
       </c>
-      <c r="I7" s="26" t="s">
-[...11 lines deleted...]
-      <c r="M7" s="26" t="s">
+      <c r="B48" s="7" t="s">
+        <v>1370</v>
+      </c>
+      <c r="C48" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D48" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E48" s="8" t="s">
+        <v>426</v>
+      </c>
+      <c r="F48" s="9" t="s">
+        <v>427</v>
+      </c>
+      <c r="G48" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H48" s="8" t="s">
+        <v>428</v>
+      </c>
+      <c r="I48" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="J48" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K48" s="8" t="s">
+        <v>295</v>
+      </c>
+      <c r="L48" s="10">
+        <v>700007</v>
+      </c>
+      <c r="M48" s="8" t="s">
+        <v>429</v>
+      </c>
+      <c r="N48" s="8" t="s">
+        <v>430</v>
+      </c>
+      <c r="O48" s="8" t="s">
+        <v>431</v>
+      </c>
+      <c r="P48" s="8" t="s">
+        <v>432</v>
+      </c>
+      <c r="Q48" s="8" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="49" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A49" s="6">
         <v>46</v>
       </c>
-      <c r="N7" s="26" t="s">
+      <c r="B49" s="7" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C49" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D49" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E49" s="8" t="s">
+        <v>434</v>
+      </c>
+      <c r="F49" s="9" t="s">
+        <v>435</v>
+      </c>
+      <c r="G49" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H49" s="8" t="s">
+        <v>436</v>
+      </c>
+      <c r="I49" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J49" s="8" t="s">
+        <v>246</v>
+      </c>
+      <c r="K49" s="8" t="s">
+        <v>247</v>
+      </c>
+      <c r="L49" s="10">
+        <v>950303</v>
+      </c>
+      <c r="M49" s="8" t="s">
+        <v>437</v>
+      </c>
+      <c r="N49" s="8" t="s">
+        <v>438</v>
+      </c>
+      <c r="O49" s="8" t="s">
+        <v>439</v>
+      </c>
+      <c r="P49" s="8" t="s">
+        <v>440</v>
+      </c>
+      <c r="Q49" s="8" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="50" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A50" s="6">
         <v>47</v>
       </c>
-      <c r="O7" s="26" t="s">
+      <c r="B50" s="7" t="s">
+        <v>442</v>
+      </c>
+      <c r="C50" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D50" s="8" t="s">
+        <v>443</v>
+      </c>
+      <c r="E50" s="8" t="s">
+        <v>444</v>
+      </c>
+      <c r="F50" s="9" t="s">
+        <v>445</v>
+      </c>
+      <c r="G50" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H50" s="8" t="s">
+        <v>446</v>
+      </c>
+      <c r="I50" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J50" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K50" s="8" t="s">
+        <v>447</v>
+      </c>
+      <c r="L50" s="10">
+        <v>247031</v>
+      </c>
+      <c r="M50" s="8" t="s">
+        <v>448</v>
+      </c>
+      <c r="N50" s="8" t="s">
+        <v>449</v>
+      </c>
+      <c r="O50" s="8" t="s">
+        <v>450</v>
+      </c>
+      <c r="P50" s="8" t="s">
+        <v>451</v>
+      </c>
+      <c r="Q50" s="8" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="51" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A51" s="6">
         <v>48</v>
       </c>
-      <c r="P7" s="26" t="s">
-[...2 lines deleted...]
-      <c r="Q7" s="26" t="s">
+      <c r="B51" s="7" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C51" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D51" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E51" s="8" t="s">
+        <v>454</v>
+      </c>
+      <c r="F51" s="9" t="s">
+        <v>455</v>
+      </c>
+      <c r="G51" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H51" s="8" t="s">
+        <v>456</v>
+      </c>
+      <c r="I51" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J51" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K51" s="8" t="s">
+        <v>457</v>
+      </c>
+      <c r="L51" s="10">
+        <v>407224</v>
+      </c>
+      <c r="M51" s="8" t="s">
+        <v>458</v>
+      </c>
+      <c r="N51" s="8" t="s">
+        <v>459</v>
+      </c>
+      <c r="O51" s="8" t="s">
+        <v>460</v>
+      </c>
+      <c r="P51" s="8" t="s">
+        <v>461</v>
+      </c>
+      <c r="Q51" s="8" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="52" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A52" s="6">
         <v>49</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B8" s="32" t="s">
+      <c r="B52" s="7" t="s">
+        <v>1373</v>
+      </c>
+      <c r="C52" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D52" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E52" s="8" t="s">
+        <v>463</v>
+      </c>
+      <c r="F52" s="9" t="s">
+        <v>464</v>
+      </c>
+      <c r="G52" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H52" s="8" t="s">
+        <v>465</v>
+      </c>
+      <c r="I52" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J52" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K52" s="8" t="s">
+        <v>466</v>
+      </c>
+      <c r="L52" s="10">
+        <v>242062</v>
+      </c>
+      <c r="M52" s="8" t="s">
+        <v>467</v>
+      </c>
+      <c r="N52" s="8" t="s">
+        <v>468</v>
+      </c>
+      <c r="O52" s="8" t="s">
         <v>50</v>
       </c>
-      <c r="C8" s="26" t="s">
-[...5 lines deleted...]
-      <c r="E8" s="26" t="s">
+      <c r="P52" s="8" t="s">
+        <v>469</v>
+      </c>
+      <c r="Q52" s="8" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="53" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A53" s="6">
+        <v>50</v>
+      </c>
+      <c r="B53" s="7" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C53" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D53" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E53" s="8" t="s">
+        <v>471</v>
+      </c>
+      <c r="F53" s="9" t="s">
+        <v>472</v>
+      </c>
+      <c r="G53" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H53" s="8" t="s">
+        <v>473</v>
+      </c>
+      <c r="I53" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J53" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K53" s="8" t="s">
+        <v>474</v>
+      </c>
+      <c r="L53" s="10">
+        <v>111002</v>
+      </c>
+      <c r="M53" s="8" t="s">
+        <v>475</v>
+      </c>
+      <c r="N53" s="8" t="s">
+        <v>476</v>
+      </c>
+      <c r="O53" s="8" t="s">
+        <v>477</v>
+      </c>
+      <c r="P53" s="8" t="s">
+        <v>478</v>
+      </c>
+      <c r="Q53" s="8" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="54" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A54" s="6">
         <v>51</v>
       </c>
-      <c r="F8" s="26" t="s">
+      <c r="B54" s="7" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C54" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D54" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E54" s="8" t="s">
+        <v>480</v>
+      </c>
+      <c r="F54" s="9" t="s">
+        <v>481</v>
+      </c>
+      <c r="G54" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H54" s="8" t="s">
+        <v>482</v>
+      </c>
+      <c r="I54" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J54" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="K54" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="L54" s="10">
+        <v>320314</v>
+      </c>
+      <c r="M54" s="8" t="s">
+        <v>483</v>
+      </c>
+      <c r="N54" s="8" t="s">
+        <v>484</v>
+      </c>
+      <c r="O54" s="8" t="s">
+        <v>485</v>
+      </c>
+      <c r="P54" s="8" t="s">
+        <v>486</v>
+      </c>
+      <c r="Q54" s="8" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="55" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A55" s="6">
         <v>52</v>
       </c>
-      <c r="G8" s="26" t="s">
-[...2 lines deleted...]
-      <c r="H8" s="26" t="s">
+      <c r="B55" s="7" t="s">
+        <v>1376</v>
+      </c>
+      <c r="C55" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D55" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E55" s="8" t="s">
+        <v>488</v>
+      </c>
+      <c r="F55" s="9" t="s">
+        <v>489</v>
+      </c>
+      <c r="G55" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H55" s="8" t="s">
+        <v>490</v>
+      </c>
+      <c r="I55" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J55" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K55" s="8" t="s">
+        <v>491</v>
+      </c>
+      <c r="L55" s="10">
+        <v>251301</v>
+      </c>
+      <c r="M55" s="8" t="s">
+        <v>492</v>
+      </c>
+      <c r="N55" s="8" t="s">
+        <v>493</v>
+      </c>
+      <c r="O55" s="8" t="s">
+        <v>494</v>
+      </c>
+      <c r="P55" s="8" t="s">
+        <v>495</v>
+      </c>
+      <c r="Q55" s="8" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="56" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A56" s="6">
         <v>53</v>
       </c>
-      <c r="I8" s="26" t="s">
-[...2 lines deleted...]
-      <c r="J8" s="26" t="s">
+      <c r="B56" s="7" t="s">
+        <v>1377</v>
+      </c>
+      <c r="C56" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D56" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E56" s="8" t="s">
+        <v>497</v>
+      </c>
+      <c r="F56" s="9" t="s">
+        <v>498</v>
+      </c>
+      <c r="G56" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H56" s="8" t="s">
+        <v>499</v>
+      </c>
+      <c r="I56" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J56" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K56" s="8" t="s">
+        <v>474</v>
+      </c>
+      <c r="L56" s="10">
+        <v>111396</v>
+      </c>
+      <c r="M56" s="8" t="s">
+        <v>500</v>
+      </c>
+      <c r="N56" s="8" t="s">
+        <v>501</v>
+      </c>
+      <c r="O56" s="8" t="s">
+        <v>502</v>
+      </c>
+      <c r="P56" s="8" t="s">
+        <v>503</v>
+      </c>
+      <c r="Q56" s="8" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="57" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A57" s="6">
         <v>54</v>
       </c>
-      <c r="K8" s="26" t="s">
+      <c r="B57" s="7" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C57" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D57" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E57" s="8" t="s">
+        <v>505</v>
+      </c>
+      <c r="F57" s="9" t="s">
+        <v>506</v>
+      </c>
+      <c r="G57" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H57" s="8" t="s">
+        <v>507</v>
+      </c>
+      <c r="I57" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="J57" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K57" s="8" t="s">
+        <v>457</v>
+      </c>
+      <c r="L57" s="10">
+        <v>407802</v>
+      </c>
+      <c r="M57" s="8" t="s">
+        <v>508</v>
+      </c>
+      <c r="N57" s="8" t="s">
+        <v>509</v>
+      </c>
+      <c r="O57" s="8" t="s">
+        <v>510</v>
+      </c>
+      <c r="P57" s="8" t="s">
+        <v>511</v>
+      </c>
+      <c r="Q57" s="8" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="58" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A58" s="6">
         <v>55</v>
       </c>
-      <c r="L8" s="26">
-[...2 lines deleted...]
-      <c r="M8" s="26" t="s">
+      <c r="B58" s="7" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C58" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D58" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E58" s="8" t="s">
+        <v>513</v>
+      </c>
+      <c r="F58" s="9" t="s">
+        <v>514</v>
+      </c>
+      <c r="G58" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H58" s="8" t="s">
+        <v>515</v>
+      </c>
+      <c r="I58" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="J58" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K58" s="8" t="s">
+        <v>516</v>
+      </c>
+      <c r="L58" s="10">
+        <v>433303</v>
+      </c>
+      <c r="M58" s="8" t="s">
+        <v>517</v>
+      </c>
+      <c r="N58" s="8" t="s">
+        <v>518</v>
+      </c>
+      <c r="O58" s="8" t="s">
+        <v>519</v>
+      </c>
+      <c r="P58" s="8" t="s">
+        <v>520</v>
+      </c>
+      <c r="Q58" s="8" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="59" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A59" s="6">
         <v>56</v>
       </c>
-      <c r="N8" s="26" t="s">
+      <c r="B59" s="7" t="s">
+        <v>1380</v>
+      </c>
+      <c r="C59" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D59" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E59" s="8" t="s">
+        <v>522</v>
+      </c>
+      <c r="F59" s="9" t="s">
+        <v>523</v>
+      </c>
+      <c r="G59" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H59" s="8" t="s">
+        <v>524</v>
+      </c>
+      <c r="I59" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J59" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="K59" s="8" t="s">
+        <v>340</v>
+      </c>
+      <c r="L59" s="10">
+        <v>333323</v>
+      </c>
+      <c r="M59" s="8" t="s">
+        <v>525</v>
+      </c>
+      <c r="N59" s="8" t="s">
+        <v>526</v>
+      </c>
+      <c r="O59" s="8" t="s">
+        <v>527</v>
+      </c>
+      <c r="P59" s="8" t="s">
+        <v>528</v>
+      </c>
+      <c r="Q59" s="8" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="60" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A60" s="6">
         <v>57</v>
       </c>
-      <c r="O8" s="26" t="s">
+      <c r="B60" s="7" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C60" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D60" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E60" s="8" t="s">
+        <v>530</v>
+      </c>
+      <c r="F60" s="9" t="s">
+        <v>531</v>
+      </c>
+      <c r="G60" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H60" s="8" t="s">
+        <v>532</v>
+      </c>
+      <c r="I60" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J60" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="K60" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="L60" s="10">
+        <v>320315</v>
+      </c>
+      <c r="M60" s="8" t="s">
+        <v>533</v>
+      </c>
+      <c r="N60" s="8" t="s">
+        <v>534</v>
+      </c>
+      <c r="O60" s="8" t="s">
+        <v>535</v>
+      </c>
+      <c r="P60" s="8" t="s">
+        <v>536</v>
+      </c>
+      <c r="Q60" s="8" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="61" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A61" s="6">
         <v>58</v>
       </c>
-      <c r="P8" s="26" t="s">
-[...2 lines deleted...]
-      <c r="Q8" s="26" t="s">
+      <c r="B61" s="7" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C61" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D61" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E61" s="8" t="s">
+        <v>538</v>
+      </c>
+      <c r="F61" s="9" t="s">
+        <v>539</v>
+      </c>
+      <c r="G61" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H61" s="8" t="s">
+        <v>540</v>
+      </c>
+      <c r="I61" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J61" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="K61" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="L61" s="10">
+        <v>300110</v>
+      </c>
+      <c r="M61" s="8" t="s">
+        <v>541</v>
+      </c>
+      <c r="N61" s="8" t="s">
+        <v>542</v>
+      </c>
+      <c r="O61" s="8" t="s">
+        <v>543</v>
+      </c>
+      <c r="P61" s="8" t="s">
+        <v>544</v>
+      </c>
+      <c r="Q61" s="8" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="62" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A62" s="6">
         <v>59</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B9" s="32" t="s">
+      <c r="B62" s="7" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C62" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D62" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E62" s="8" t="s">
+        <v>546</v>
+      </c>
+      <c r="F62" s="9" t="s">
+        <v>547</v>
+      </c>
+      <c r="G62" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H62" s="8" t="s">
+        <v>548</v>
+      </c>
+      <c r="I62" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J62" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="K62" s="8" t="s">
+        <v>549</v>
+      </c>
+      <c r="L62" s="10">
+        <v>515006</v>
+      </c>
+      <c r="M62" s="8" t="s">
+        <v>550</v>
+      </c>
+      <c r="N62" s="8" t="s">
+        <v>551</v>
+      </c>
+      <c r="O62" s="8" t="s">
+        <v>552</v>
+      </c>
+      <c r="P62" s="8" t="s">
+        <v>553</v>
+      </c>
+      <c r="Q62" s="8" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="63" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A63" s="6">
         <v>60</v>
       </c>
-      <c r="C9" s="26" t="s">
-[...5 lines deleted...]
-      <c r="E9" s="26" t="s">
+      <c r="B63" s="7" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C63" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D63" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E63" s="8" t="s">
+        <v>555</v>
+      </c>
+      <c r="F63" s="9" t="s">
+        <v>556</v>
+      </c>
+      <c r="G63" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H63" s="8" t="s">
+        <v>557</v>
+      </c>
+      <c r="I63" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J63" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K63" s="8" t="s">
+        <v>558</v>
+      </c>
+      <c r="L63" s="10">
+        <v>223011</v>
+      </c>
+      <c r="M63" s="8" t="s">
+        <v>559</v>
+      </c>
+      <c r="N63" s="8" t="s">
+        <v>560</v>
+      </c>
+      <c r="O63" s="8" t="s">
+        <v>561</v>
+      </c>
+      <c r="P63" s="8" t="s">
+        <v>562</v>
+      </c>
+      <c r="Q63" s="8" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="64" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A64" s="6">
         <v>61</v>
       </c>
-      <c r="F9" s="26" t="s">
+      <c r="B64" s="7" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C64" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D64" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E64" s="8" t="s">
+        <v>564</v>
+      </c>
+      <c r="F64" s="9" t="s">
+        <v>565</v>
+      </c>
+      <c r="G64" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H64" s="8" t="s">
+        <v>566</v>
+      </c>
+      <c r="I64" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J64" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="K64" s="8" t="s">
+        <v>567</v>
+      </c>
+      <c r="L64" s="10">
+        <v>840301</v>
+      </c>
+      <c r="M64" s="8" t="s">
+        <v>568</v>
+      </c>
+      <c r="N64" s="8" t="s">
+        <v>569</v>
+      </c>
+      <c r="O64" s="8" t="s">
+        <v>570</v>
+      </c>
+      <c r="P64" s="8" t="s">
+        <v>571</v>
+      </c>
+      <c r="Q64" s="8" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="65" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A65" s="6">
         <v>62</v>
       </c>
-      <c r="G9" s="26" t="s">
-[...2 lines deleted...]
-      <c r="H9" s="26" t="s">
+      <c r="B65" s="7" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C65" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D65" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E65" s="8" t="s">
+        <v>573</v>
+      </c>
+      <c r="F65" s="9" t="s">
+        <v>574</v>
+      </c>
+      <c r="G65" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H65" s="8" t="s">
+        <v>575</v>
+      </c>
+      <c r="I65" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J65" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K65" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="L65" s="10">
+        <v>116002</v>
+      </c>
+      <c r="M65" s="8" t="s">
+        <v>576</v>
+      </c>
+      <c r="N65" s="8" t="s">
+        <v>577</v>
+      </c>
+      <c r="O65" s="8" t="s">
+        <v>578</v>
+      </c>
+      <c r="P65" s="8" t="s">
+        <v>579</v>
+      </c>
+      <c r="Q65" s="8" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="66" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A66" s="6">
         <v>63</v>
       </c>
-      <c r="I9" s="26" t="s">
-[...2 lines deleted...]
-      <c r="J9" s="26" t="s">
+      <c r="B66" s="7" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C66" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D66" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E66" s="8" t="s">
+        <v>581</v>
+      </c>
+      <c r="F66" s="9" t="s">
+        <v>582</v>
+      </c>
+      <c r="G66" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H66" s="8" t="s">
+        <v>583</v>
+      </c>
+      <c r="I66" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J66" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K66" s="8" t="s">
+        <v>474</v>
+      </c>
+      <c r="L66" s="10">
+        <v>111005</v>
+      </c>
+      <c r="M66" s="8" t="s">
+        <v>584</v>
+      </c>
+      <c r="N66" s="8" t="s">
+        <v>585</v>
+      </c>
+      <c r="O66" s="8" t="s">
+        <v>586</v>
+      </c>
+      <c r="P66" s="8" t="s">
+        <v>587</v>
+      </c>
+      <c r="Q66" s="8" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="67" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A67" s="6">
         <v>64</v>
       </c>
-      <c r="K9" s="26" t="s">
+      <c r="B67" s="7" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C67" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D67" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E67" s="8" t="s">
+        <v>589</v>
+      </c>
+      <c r="F67" s="9" t="s">
+        <v>590</v>
+      </c>
+      <c r="G67" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H67" s="8" t="s">
+        <v>591</v>
+      </c>
+      <c r="I67" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="J67" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K67" s="8" t="s">
+        <v>592</v>
+      </c>
+      <c r="L67" s="10">
+        <v>104336</v>
+      </c>
+      <c r="M67" s="8" t="s">
+        <v>593</v>
+      </c>
+      <c r="N67" s="8" t="s">
+        <v>594</v>
+      </c>
+      <c r="O67" s="8" t="s">
+        <v>595</v>
+      </c>
+      <c r="P67" s="8" t="s">
+        <v>596</v>
+      </c>
+      <c r="Q67" s="8" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="68" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A68" s="6">
         <v>65</v>
       </c>
-      <c r="L9" s="26">
-[...2 lines deleted...]
-      <c r="M9" s="26" t="s">
+      <c r="B68" s="7" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C68" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D68" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E68" s="8" t="s">
+        <v>598</v>
+      </c>
+      <c r="F68" s="9" t="s">
+        <v>599</v>
+      </c>
+      <c r="G68" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H68" s="8" t="s">
+        <v>600</v>
+      </c>
+      <c r="I68" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J68" s="8" t="s">
         <v>66</v>
       </c>
-      <c r="N9" s="26" t="s">
+      <c r="K68" s="8" t="s">
+        <v>601</v>
+      </c>
+      <c r="L68" s="10">
+        <v>413310</v>
+      </c>
+      <c r="M68" s="8" t="s">
+        <v>602</v>
+      </c>
+      <c r="N68" s="8" t="s">
+        <v>603</v>
+      </c>
+      <c r="O68" s="8" t="s">
+        <v>604</v>
+      </c>
+      <c r="P68" s="8" t="s">
+        <v>605</v>
+      </c>
+      <c r="Q68" s="8" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="69" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A69" s="6">
+        <v>66</v>
+      </c>
+      <c r="B69" s="7" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C69" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D69" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E69" s="8" t="s">
+        <v>607</v>
+      </c>
+      <c r="F69" s="9" t="s">
+        <v>608</v>
+      </c>
+      <c r="G69" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H69" s="8" t="s">
+        <v>609</v>
+      </c>
+      <c r="I69" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J69" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="K69" s="8" t="s">
+        <v>411</v>
+      </c>
+      <c r="L69" s="10">
+        <v>807378</v>
+      </c>
+      <c r="M69" s="8" t="s">
+        <v>610</v>
+      </c>
+      <c r="N69" s="8" t="s">
+        <v>611</v>
+      </c>
+      <c r="O69" s="8" t="s">
+        <v>612</v>
+      </c>
+      <c r="P69" s="8" t="s">
+        <v>613</v>
+      </c>
+      <c r="Q69" s="8" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="70" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A70" s="6">
         <v>67</v>
       </c>
-      <c r="O9" s="26" t="s">
+      <c r="B70" s="7" t="s">
+        <v>1391</v>
+      </c>
+      <c r="C70" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D70" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E70" s="8" t="s">
+        <v>615</v>
+      </c>
+      <c r="F70" s="9" t="s">
+        <v>616</v>
+      </c>
+      <c r="G70" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H70" s="8" t="s">
+        <v>617</v>
+      </c>
+      <c r="I70" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J70" s="8" t="s">
+        <v>114</v>
+      </c>
+      <c r="K70" s="8" t="s">
+        <v>618</v>
+      </c>
+      <c r="L70" s="10">
+        <v>622301</v>
+      </c>
+      <c r="M70" s="8" t="s">
+        <v>619</v>
+      </c>
+      <c r="N70" s="8" t="s">
+        <v>620</v>
+      </c>
+      <c r="O70" s="8" t="s">
+        <v>621</v>
+      </c>
+      <c r="P70" s="8" t="s">
+        <v>622</v>
+      </c>
+      <c r="Q70" s="8" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="71" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A71" s="6">
         <v>68</v>
       </c>
-      <c r="P9" s="26" t="s">
-[...2 lines deleted...]
-      <c r="Q9" s="26" t="s">
+      <c r="B71" s="7" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C71" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D71" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E71" s="8" t="s">
+        <v>624</v>
+      </c>
+      <c r="F71" s="9" t="s">
+        <v>625</v>
+      </c>
+      <c r="G71" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H71" s="8" t="s">
+        <v>626</v>
+      </c>
+      <c r="I71" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="J71" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K71" s="8" t="s">
+        <v>491</v>
+      </c>
+      <c r="L71" s="10">
+        <v>251306</v>
+      </c>
+      <c r="M71" s="8" t="s">
+        <v>627</v>
+      </c>
+      <c r="N71" s="8" t="s">
+        <v>628</v>
+      </c>
+      <c r="O71" s="8" t="s">
+        <v>629</v>
+      </c>
+      <c r="P71" s="8" t="s">
+        <v>630</v>
+      </c>
+      <c r="Q71" s="8" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="72" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A72" s="6">
         <v>69</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B10" s="32" t="s">
+      <c r="B72" s="7" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C72" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D72" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E72" s="8" t="s">
+        <v>632</v>
+      </c>
+      <c r="F72" s="9" t="s">
+        <v>633</v>
+      </c>
+      <c r="G72" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H72" s="8" t="s">
+        <v>634</v>
+      </c>
+      <c r="I72" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J72" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K72" s="8" t="s">
+        <v>592</v>
+      </c>
+      <c r="L72" s="10">
+        <v>104327</v>
+      </c>
+      <c r="M72" s="8" t="s">
+        <v>635</v>
+      </c>
+      <c r="N72" s="8" t="s">
+        <v>636</v>
+      </c>
+      <c r="O72" s="8" t="s">
+        <v>637</v>
+      </c>
+      <c r="P72" s="8" t="s">
+        <v>638</v>
+      </c>
+      <c r="Q72" s="8" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="73" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A73" s="6">
         <v>70</v>
       </c>
-      <c r="C10" s="26" t="s">
-[...5 lines deleted...]
-      <c r="E10" s="26" t="s">
+      <c r="B73" s="7" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C73" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D73" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E73" s="8" t="s">
+        <v>640</v>
+      </c>
+      <c r="F73" s="9" t="s">
+        <v>641</v>
+      </c>
+      <c r="G73" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H73" s="8" t="s">
+        <v>642</v>
+      </c>
+      <c r="I73" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J73" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K73" s="8" t="s">
+        <v>643</v>
+      </c>
+      <c r="L73" s="10">
+        <v>710301</v>
+      </c>
+      <c r="M73" s="8" t="s">
+        <v>644</v>
+      </c>
+      <c r="N73" s="8" t="s">
+        <v>645</v>
+      </c>
+      <c r="O73" s="8" t="s">
+        <v>646</v>
+      </c>
+      <c r="P73" s="8" t="s">
+        <v>647</v>
+      </c>
+      <c r="Q73" s="8" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="74" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A74" s="6">
         <v>71</v>
       </c>
-      <c r="F10" s="26" t="s">
+      <c r="B74" s="7" t="s">
+        <v>1395</v>
+      </c>
+      <c r="C74" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D74" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E74" s="8" t="s">
+        <v>649</v>
+      </c>
+      <c r="F74" s="9" t="s">
+        <v>650</v>
+      </c>
+      <c r="G74" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H74" s="8" t="s">
+        <v>651</v>
+      </c>
+      <c r="I74" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J74" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K74" s="8" t="s">
+        <v>643</v>
+      </c>
+      <c r="L74" s="10">
+        <v>710303</v>
+      </c>
+      <c r="M74" s="8" t="s">
+        <v>652</v>
+      </c>
+      <c r="N74" s="8" t="s">
+        <v>653</v>
+      </c>
+      <c r="O74" s="8" t="s">
+        <v>654</v>
+      </c>
+      <c r="P74" s="8" t="s">
+        <v>655</v>
+      </c>
+      <c r="Q74" s="8" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="75" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A75" s="6">
         <v>72</v>
       </c>
-      <c r="G10" s="26" t="s">
-[...2 lines deleted...]
-      <c r="H10" s="26" t="s">
+      <c r="B75" s="7" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C75" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D75" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E75" s="8" t="s">
+        <v>657</v>
+      </c>
+      <c r="F75" s="9" t="s">
+        <v>658</v>
+      </c>
+      <c r="G75" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H75" s="8" t="s">
+        <v>659</v>
+      </c>
+      <c r="I75" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J75" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K75" s="8" t="s">
+        <v>660</v>
+      </c>
+      <c r="L75" s="10">
+        <v>717301</v>
+      </c>
+      <c r="M75" s="8" t="s">
+        <v>661</v>
+      </c>
+      <c r="N75" s="8" t="s">
+        <v>662</v>
+      </c>
+      <c r="O75" s="8" t="s">
+        <v>663</v>
+      </c>
+      <c r="P75" s="8" t="s">
+        <v>664</v>
+      </c>
+      <c r="Q75" s="8" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="76" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A76" s="6">
         <v>73</v>
       </c>
-      <c r="I10" s="26" t="s">
-[...11 lines deleted...]
-      <c r="M10" s="26" t="s">
+      <c r="B76" s="7" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C76" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D76" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E76" s="8" t="s">
+        <v>666</v>
+      </c>
+      <c r="F76" s="9" t="s">
+        <v>667</v>
+      </c>
+      <c r="G76" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H76" s="8" t="s">
+        <v>668</v>
+      </c>
+      <c r="I76" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J76" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="K76" s="8" t="s">
+        <v>669</v>
+      </c>
+      <c r="L76" s="10">
+        <v>824005</v>
+      </c>
+      <c r="M76" s="8" t="s">
+        <v>670</v>
+      </c>
+      <c r="N76" s="8" t="s">
+        <v>671</v>
+      </c>
+      <c r="O76" s="8" t="s">
+        <v>672</v>
+      </c>
+      <c r="P76" s="8" t="s">
+        <v>673</v>
+      </c>
+      <c r="Q76" s="8" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="77" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A77" s="6">
         <v>74</v>
       </c>
-      <c r="N10" s="26" t="s">
+      <c r="B77" s="7" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C77" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D77" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E77" s="8" t="s">
+        <v>675</v>
+      </c>
+      <c r="F77" s="9" t="s">
+        <v>676</v>
+      </c>
+      <c r="G77" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H77" s="8" t="s">
+        <v>677</v>
+      </c>
+      <c r="I77" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="J77" s="8" t="s">
+        <v>171</v>
+      </c>
+      <c r="K77" s="8" t="s">
+        <v>678</v>
+      </c>
+      <c r="L77" s="10">
+        <v>970374</v>
+      </c>
+      <c r="M77" s="8" t="s">
+        <v>679</v>
+      </c>
+      <c r="N77" s="8" t="s">
+        <v>680</v>
+      </c>
+      <c r="O77" s="8" t="s">
+        <v>681</v>
+      </c>
+      <c r="P77" s="8" t="s">
+        <v>682</v>
+      </c>
+      <c r="Q77" s="8" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="78" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A78" s="6">
         <v>75</v>
       </c>
-      <c r="O10" s="26" t="s">
+      <c r="B78" s="7" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C78" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D78" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E78" s="8" t="s">
+        <v>684</v>
+      </c>
+      <c r="F78" s="9" t="s">
+        <v>685</v>
+      </c>
+      <c r="G78" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H78" s="8" t="s">
+        <v>686</v>
+      </c>
+      <c r="I78" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J78" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K78" s="8" t="s">
+        <v>687</v>
+      </c>
+      <c r="L78" s="10">
+        <v>110301</v>
+      </c>
+      <c r="M78" s="8" t="s">
+        <v>688</v>
+      </c>
+      <c r="N78" s="8" t="s">
+        <v>689</v>
+      </c>
+      <c r="O78" s="8" t="s">
+        <v>690</v>
+      </c>
+      <c r="P78" s="8" t="s">
+        <v>691</v>
+      </c>
+      <c r="Q78" s="8" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="79" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A79" s="6">
         <v>76</v>
       </c>
-      <c r="P10" s="26" t="s">
-[...2 lines deleted...]
-      <c r="Q10" s="26" t="s">
+      <c r="B79" s="7" t="s">
+        <v>1400</v>
+      </c>
+      <c r="C79" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D79" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E79" s="8" t="s">
+        <v>694</v>
+      </c>
+      <c r="F79" s="9" t="s">
+        <v>695</v>
+      </c>
+      <c r="G79" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H79" s="8" t="s">
+        <v>696</v>
+      </c>
+      <c r="I79" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J79" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K79" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="L79" s="10">
+        <v>402306</v>
+      </c>
+      <c r="M79" s="8" t="s">
+        <v>697</v>
+      </c>
+      <c r="N79" s="8" t="s">
+        <v>698</v>
+      </c>
+      <c r="O79" s="8" t="s">
+        <v>699</v>
+      </c>
+      <c r="P79" s="8" t="s">
+        <v>700</v>
+      </c>
+      <c r="Q79" s="8" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="80" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A80" s="6">
         <v>77</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B11" s="32" t="s">
+      <c r="B80" s="7" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C80" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D80" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E80" s="8" t="s">
+        <v>702</v>
+      </c>
+      <c r="F80" s="9" t="s">
+        <v>703</v>
+      </c>
+      <c r="G80" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H80" s="8" t="s">
+        <v>704</v>
+      </c>
+      <c r="I80" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J80" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="K80" s="8" t="s">
+        <v>340</v>
+      </c>
+      <c r="L80" s="10">
+        <v>333326</v>
+      </c>
+      <c r="M80" s="8" t="s">
+        <v>705</v>
+      </c>
+      <c r="N80" s="8" t="s">
+        <v>706</v>
+      </c>
+      <c r="O80" s="8" t="s">
+        <v>707</v>
+      </c>
+      <c r="P80" s="8" t="s">
+        <v>708</v>
+      </c>
+      <c r="Q80" s="8" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="81" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A81" s="6">
         <v>78</v>
       </c>
-      <c r="C11" s="26" t="s">
-[...5 lines deleted...]
-      <c r="E11" s="26" t="s">
+      <c r="B81" s="7" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C81" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D81" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E81" s="8" t="s">
+        <v>710</v>
+      </c>
+      <c r="F81" s="9" t="s">
+        <v>711</v>
+      </c>
+      <c r="G81" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H81" s="8" t="s">
+        <v>712</v>
+      </c>
+      <c r="I81" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="J81" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="K81" s="8" t="s">
+        <v>713</v>
+      </c>
+      <c r="L81" s="10">
+        <v>831301</v>
+      </c>
+      <c r="M81" s="8" t="s">
+        <v>714</v>
+      </c>
+      <c r="N81" s="8" t="s">
+        <v>715</v>
+      </c>
+      <c r="O81" s="8" t="s">
+        <v>716</v>
+      </c>
+      <c r="P81" s="8" t="s">
+        <v>717</v>
+      </c>
+      <c r="Q81" s="8" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="82" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A82" s="6">
         <v>79</v>
       </c>
-      <c r="F11" s="26" t="s">
+      <c r="B82" s="7" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C82" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D82" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E82" s="8" t="s">
+        <v>719</v>
+      </c>
+      <c r="F82" s="9" t="s">
+        <v>720</v>
+      </c>
+      <c r="G82" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H82" s="8" t="s">
+        <v>721</v>
+      </c>
+      <c r="I82" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J82" s="8" t="s">
+        <v>722</v>
+      </c>
+      <c r="K82" s="8" t="s">
+        <v>723</v>
+      </c>
+      <c r="L82" s="10">
+        <v>304001</v>
+      </c>
+      <c r="M82" s="8" t="s">
+        <v>724</v>
+      </c>
+      <c r="N82" s="8" t="s">
+        <v>725</v>
+      </c>
+      <c r="O82" s="8" t="s">
+        <v>726</v>
+      </c>
+      <c r="P82" s="8" t="s">
+        <v>727</v>
+      </c>
+      <c r="Q82" s="8" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="83" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A83" s="6">
         <v>80</v>
       </c>
-      <c r="G11" s="26" t="s">
-[...2 lines deleted...]
-      <c r="H11" s="26" t="s">
+      <c r="B83" s="7" t="s">
+        <v>1404</v>
+      </c>
+      <c r="C83" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D83" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E83" s="8" t="s">
+        <v>729</v>
+      </c>
+      <c r="F83" s="9" t="s">
+        <v>730</v>
+      </c>
+      <c r="G83" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H83" s="8" t="s">
+        <v>731</v>
+      </c>
+      <c r="I83" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J83" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K83" s="8" t="s">
+        <v>732</v>
+      </c>
+      <c r="L83" s="10">
+        <v>711301</v>
+      </c>
+      <c r="M83" s="8" t="s">
+        <v>733</v>
+      </c>
+      <c r="N83" s="8" t="s">
+        <v>734</v>
+      </c>
+      <c r="O83" s="8" t="s">
+        <v>735</v>
+      </c>
+      <c r="P83" s="8" t="s">
+        <v>736</v>
+      </c>
+      <c r="Q83" s="8" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="84" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A84" s="6">
         <v>81</v>
       </c>
-      <c r="I11" s="26" t="s">
-[...2 lines deleted...]
-      <c r="J11" s="26" t="s">
+      <c r="B84" s="7" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C84" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D84" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E84" s="8" t="s">
+        <v>738</v>
+      </c>
+      <c r="F84" s="9" t="s">
+        <v>739</v>
+      </c>
+      <c r="G84" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H84" s="8" t="s">
+        <v>740</v>
+      </c>
+      <c r="I84" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J84" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K84" s="8" t="s">
+        <v>516</v>
+      </c>
+      <c r="L84" s="10">
+        <v>433304</v>
+      </c>
+      <c r="M84" s="8" t="s">
+        <v>741</v>
+      </c>
+      <c r="N84" s="8" t="s">
+        <v>742</v>
+      </c>
+      <c r="O84" s="8" t="s">
+        <v>743</v>
+      </c>
+      <c r="P84" s="8" t="s">
+        <v>744</v>
+      </c>
+      <c r="Q84" s="8" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="85" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A85" s="6">
         <v>82</v>
       </c>
-      <c r="K11" s="26" t="s">
+      <c r="B85" s="7" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C85" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D85" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E85" s="8" t="s">
+        <v>746</v>
+      </c>
+      <c r="F85" s="9" t="s">
+        <v>747</v>
+      </c>
+      <c r="G85" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H85" s="8" t="s">
+        <v>748</v>
+      </c>
+      <c r="I85" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J85" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K85" s="8" t="s">
+        <v>749</v>
+      </c>
+      <c r="L85" s="10">
+        <v>406040</v>
+      </c>
+      <c r="M85" s="8" t="s">
+        <v>750</v>
+      </c>
+      <c r="N85" s="8" t="s">
+        <v>751</v>
+      </c>
+      <c r="O85" s="8" t="s">
+        <v>752</v>
+      </c>
+      <c r="P85" s="8" t="s">
+        <v>753</v>
+      </c>
+      <c r="Q85" s="8" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="86" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A86" s="6">
         <v>83</v>
       </c>
-      <c r="L11" s="26">
-[...2 lines deleted...]
-      <c r="M11" s="26" t="s">
+      <c r="B86" s="7" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C86" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D86" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E86" s="8" t="s">
+        <v>755</v>
+      </c>
+      <c r="F86" s="9" t="s">
+        <v>756</v>
+      </c>
+      <c r="G86" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H86" s="8" t="s">
+        <v>757</v>
+      </c>
+      <c r="I86" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J86" s="8" t="s">
         <v>84</v>
       </c>
-      <c r="N11" s="26" t="s">
+      <c r="K86" s="8" t="s">
         <v>85</v>
       </c>
-      <c r="O11" s="26" t="s">
+      <c r="L86" s="10">
+        <v>320678</v>
+      </c>
+      <c r="M86" s="8" t="s">
+        <v>758</v>
+      </c>
+      <c r="N86" s="8" t="s">
+        <v>759</v>
+      </c>
+      <c r="O86" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="P86" s="8" t="s">
+        <v>760</v>
+      </c>
+      <c r="Q86" s="8" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="87" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A87" s="6">
+        <v>84</v>
+      </c>
+      <c r="B87" s="7" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C87" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D87" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E87" s="8" t="s">
+        <v>762</v>
+      </c>
+      <c r="F87" s="9" t="s">
+        <v>763</v>
+      </c>
+      <c r="G87" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H87" s="8" t="s">
+        <v>764</v>
+      </c>
+      <c r="I87" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J87" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="K87" s="8" t="s">
+        <v>765</v>
+      </c>
+      <c r="L87" s="10">
+        <v>833301</v>
+      </c>
+      <c r="M87" s="8" t="s">
+        <v>766</v>
+      </c>
+      <c r="N87" s="8" t="s">
+        <v>767</v>
+      </c>
+      <c r="O87" s="8" t="s">
+        <v>768</v>
+      </c>
+      <c r="P87" s="8" t="s">
+        <v>769</v>
+      </c>
+      <c r="Q87" s="8" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="88" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A88" s="6">
+        <v>85</v>
+      </c>
+      <c r="B88" s="7" t="s">
+        <v>1409</v>
+      </c>
+      <c r="C88" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D88" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E88" s="8" t="s">
+        <v>771</v>
+      </c>
+      <c r="F88" s="9" t="s">
+        <v>772</v>
+      </c>
+      <c r="G88" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H88" s="8" t="s">
+        <v>773</v>
+      </c>
+      <c r="I88" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J88" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="K88" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="L88" s="10">
+        <v>320676</v>
+      </c>
+      <c r="M88" s="8" t="s">
+        <v>774</v>
+      </c>
+      <c r="N88" s="8" t="s">
+        <v>775</v>
+      </c>
+      <c r="O88" s="8" t="s">
+        <v>776</v>
+      </c>
+      <c r="P88" s="8" t="s">
+        <v>777</v>
+      </c>
+      <c r="Q88" s="8" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="89" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A89" s="6">
         <v>86</v>
       </c>
-      <c r="P11" s="26" t="s">
-[...2 lines deleted...]
-      <c r="Q11" s="26" t="s">
+      <c r="B89" s="7" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C89" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D89" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E89" s="8" t="s">
+        <v>779</v>
+      </c>
+      <c r="F89" s="9" t="s">
+        <v>780</v>
+      </c>
+      <c r="G89" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H89" s="8" t="s">
+        <v>781</v>
+      </c>
+      <c r="I89" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J89" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="K89" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="L89" s="10">
+        <v>300102</v>
+      </c>
+      <c r="M89" s="8" t="s">
+        <v>782</v>
+      </c>
+      <c r="N89" s="8" t="s">
+        <v>783</v>
+      </c>
+      <c r="O89" s="8" t="s">
+        <v>784</v>
+      </c>
+      <c r="P89" s="8" t="s">
+        <v>785</v>
+      </c>
+      <c r="Q89" s="8" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="90" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A90" s="6">
         <v>87</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B12" s="32" t="s">
+      <c r="B90" s="7" t="s">
+        <v>1411</v>
+      </c>
+      <c r="C90" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D90" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E90" s="8" t="s">
+        <v>787</v>
+      </c>
+      <c r="F90" s="9" t="s">
+        <v>788</v>
+      </c>
+      <c r="G90" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H90" s="8" t="s">
+        <v>789</v>
+      </c>
+      <c r="I90" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J90" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="K90" s="8" t="s">
+        <v>134</v>
+      </c>
+      <c r="L90" s="10">
+        <v>500020</v>
+      </c>
+      <c r="M90" s="8" t="s">
+        <v>790</v>
+      </c>
+      <c r="N90" s="8" t="s">
+        <v>791</v>
+      </c>
+      <c r="O90" s="8" t="s">
+        <v>792</v>
+      </c>
+      <c r="P90" s="8" t="s">
+        <v>793</v>
+      </c>
+      <c r="Q90" s="8" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="91" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A91" s="6">
         <v>88</v>
       </c>
-      <c r="C12" s="26" t="s">
-[...5 lines deleted...]
-      <c r="E12" s="26" t="s">
+      <c r="B91" s="7" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C91" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D91" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E91" s="8" t="s">
+        <v>795</v>
+      </c>
+      <c r="F91" s="9" t="s">
+        <v>796</v>
+      </c>
+      <c r="G91" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H91" s="8" t="s">
+        <v>797</v>
+      </c>
+      <c r="I91" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J91" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K91" s="8" t="s">
+        <v>798</v>
+      </c>
+      <c r="L91" s="10">
+        <v>243303</v>
+      </c>
+      <c r="M91" s="8" t="s">
+        <v>799</v>
+      </c>
+      <c r="N91" s="8" t="s">
+        <v>800</v>
+      </c>
+      <c r="O91" s="8" t="s">
+        <v>801</v>
+      </c>
+      <c r="P91" s="8" t="s">
+        <v>802</v>
+      </c>
+      <c r="Q91" s="8" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="92" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A92" s="6">
         <v>89</v>
       </c>
-      <c r="F12" s="26" t="s">
+      <c r="B92" s="7" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C92" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D92" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E92" s="8" t="s">
+        <v>804</v>
+      </c>
+      <c r="F92" s="9" t="s">
+        <v>805</v>
+      </c>
+      <c r="G92" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H92" s="8" t="s">
+        <v>806</v>
+      </c>
+      <c r="I92" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J92" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="K92" s="8" t="s">
+        <v>807</v>
+      </c>
+      <c r="L92" s="10">
+        <v>821013</v>
+      </c>
+      <c r="M92" s="8" t="s">
+        <v>808</v>
+      </c>
+      <c r="N92" s="8" t="s">
+        <v>809</v>
+      </c>
+      <c r="O92" s="8" t="s">
+        <v>810</v>
+      </c>
+      <c r="P92" s="8" t="s">
+        <v>811</v>
+      </c>
+      <c r="Q92" s="8" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="93" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A93" s="6">
         <v>90</v>
       </c>
-      <c r="G12" s="26" t="s">
-[...2 lines deleted...]
-      <c r="H12" s="26" t="s">
+      <c r="B93" s="7" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C93" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D93" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E93" s="8" t="s">
+        <v>813</v>
+      </c>
+      <c r="F93" s="9" t="s">
+        <v>814</v>
+      </c>
+      <c r="G93" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H93" s="8" t="s">
+        <v>815</v>
+      </c>
+      <c r="I93" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J93" s="8" t="s">
+        <v>210</v>
+      </c>
+      <c r="K93" s="8" t="s">
+        <v>816</v>
+      </c>
+      <c r="L93" s="10">
+        <v>907101</v>
+      </c>
+      <c r="M93" s="8" t="s">
+        <v>817</v>
+      </c>
+      <c r="N93" s="8" t="s">
+        <v>818</v>
+      </c>
+      <c r="O93" s="8" t="s">
+        <v>819</v>
+      </c>
+      <c r="P93" s="8" t="s">
+        <v>820</v>
+      </c>
+      <c r="Q93" s="8" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="94" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A94" s="6">
+        <v>91</v>
+      </c>
+      <c r="B94" s="7" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C94" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D94" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E94" s="8" t="s">
+        <v>822</v>
+      </c>
+      <c r="F94" s="9" t="s">
+        <v>823</v>
+      </c>
+      <c r="G94" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H94" s="8" t="s">
+        <v>824</v>
+      </c>
+      <c r="I94" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J94" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K94" s="8" t="s">
+        <v>491</v>
+      </c>
+      <c r="L94" s="10">
+        <v>251309</v>
+      </c>
+      <c r="M94" s="8" t="s">
+        <v>825</v>
+      </c>
+      <c r="N94" s="8" t="s">
+        <v>826</v>
+      </c>
+      <c r="O94" s="8" t="s">
+        <v>827</v>
+      </c>
+      <c r="P94" s="8" t="s">
+        <v>828</v>
+      </c>
+      <c r="Q94" s="8" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="95" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A95" s="6">
+        <v>92</v>
+      </c>
+      <c r="B95" s="7" t="s">
+        <v>1416</v>
+      </c>
+      <c r="C95" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D95" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E95" s="8" t="s">
+        <v>830</v>
+      </c>
+      <c r="F95" s="9" t="s">
+        <v>831</v>
+      </c>
+      <c r="G95" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H95" s="8" t="s">
+        <v>832</v>
+      </c>
+      <c r="I95" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J95" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K95" s="8" t="s">
+        <v>833</v>
+      </c>
+      <c r="L95" s="10">
+        <v>408284</v>
+      </c>
+      <c r="M95" s="8" t="s">
+        <v>834</v>
+      </c>
+      <c r="N95" s="8" t="s">
+        <v>835</v>
+      </c>
+      <c r="O95" s="8" t="s">
+        <v>836</v>
+      </c>
+      <c r="P95" s="8" t="s">
+        <v>837</v>
+      </c>
+      <c r="Q95" s="8" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="96" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A96" s="6">
+        <v>93</v>
+      </c>
+      <c r="B96" s="7" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C96" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D96" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E96" s="8" t="s">
+        <v>839</v>
+      </c>
+      <c r="F96" s="9" t="s">
+        <v>840</v>
+      </c>
+      <c r="G96" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H96" s="8" t="s">
+        <v>841</v>
+      </c>
+      <c r="I96" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J96" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K96" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="L96" s="10">
+        <v>116077</v>
+      </c>
+      <c r="M96" s="8" t="s">
+        <v>842</v>
+      </c>
+      <c r="N96" s="8" t="s">
+        <v>843</v>
+      </c>
+      <c r="O96" s="8" t="s">
+        <v>844</v>
+      </c>
+      <c r="P96" s="8" t="s">
+        <v>845</v>
+      </c>
+      <c r="Q96" s="8" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="97" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A97" s="6">
+        <v>94</v>
+      </c>
+      <c r="B97" s="7" t="s">
+        <v>1418</v>
+      </c>
+      <c r="C97" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D97" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E97" s="8" t="s">
+        <v>847</v>
+      </c>
+      <c r="F97" s="9" t="s">
+        <v>848</v>
+      </c>
+      <c r="G97" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H97" s="8" t="s">
+        <v>849</v>
+      </c>
+      <c r="I97" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="J97" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K97" s="8" t="s">
+        <v>749</v>
+      </c>
+      <c r="L97" s="10">
+        <v>406053</v>
+      </c>
+      <c r="M97" s="8" t="s">
+        <v>850</v>
+      </c>
+      <c r="N97" s="8" t="s">
+        <v>851</v>
+      </c>
+      <c r="O97" s="8" t="s">
+        <v>852</v>
+      </c>
+      <c r="P97" s="8" t="s">
+        <v>853</v>
+      </c>
+      <c r="Q97" s="8" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="98" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A98" s="6">
+        <v>95</v>
+      </c>
+      <c r="B98" s="7" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C98" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D98" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E98" s="8" t="s">
+        <v>855</v>
+      </c>
+      <c r="F98" s="9" t="s">
+        <v>856</v>
+      </c>
+      <c r="G98" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H98" s="8" t="s">
+        <v>857</v>
+      </c>
+      <c r="I98" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J98" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K98" s="8" t="s">
+        <v>601</v>
+      </c>
+      <c r="L98" s="10">
+        <v>413305</v>
+      </c>
+      <c r="M98" s="8" t="s">
+        <v>858</v>
+      </c>
+      <c r="N98" s="8" t="s">
+        <v>859</v>
+      </c>
+      <c r="O98" s="8" t="s">
+        <v>860</v>
+      </c>
+      <c r="P98" s="8" t="s">
+        <v>861</v>
+      </c>
+      <c r="Q98" s="8" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="99" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A99" s="6">
+        <v>96</v>
+      </c>
+      <c r="B99" s="7" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C99" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D99" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E99" s="8" t="s">
+        <v>863</v>
+      </c>
+      <c r="F99" s="9" t="s">
+        <v>864</v>
+      </c>
+      <c r="G99" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H99" s="8" t="s">
+        <v>865</v>
+      </c>
+      <c r="I99" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="J99" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="K99" s="8" t="s">
+        <v>866</v>
+      </c>
+      <c r="L99" s="10">
+        <v>338103</v>
+      </c>
+      <c r="M99" s="8" t="s">
+        <v>867</v>
+      </c>
+      <c r="N99" s="8" t="s">
+        <v>868</v>
+      </c>
+      <c r="O99" s="8" t="s">
+        <v>868</v>
+      </c>
+      <c r="P99" s="8" t="s">
+        <v>869</v>
+      </c>
+      <c r="Q99" s="8" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="100" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A100" s="6">
+        <v>97</v>
+      </c>
+      <c r="B100" s="7" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C100" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D100" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E100" s="8" t="s">
+        <v>871</v>
+      </c>
+      <c r="F100" s="9" t="s">
+        <v>872</v>
+      </c>
+      <c r="G100" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H100" s="8" t="s">
+        <v>873</v>
+      </c>
+      <c r="I100" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J100" s="8" t="s">
+        <v>256</v>
+      </c>
+      <c r="K100" s="8" t="s">
+        <v>874</v>
+      </c>
+      <c r="L100" s="10">
+        <v>262307</v>
+      </c>
+      <c r="M100" s="8" t="s">
+        <v>875</v>
+      </c>
+      <c r="N100" s="8" t="s">
+        <v>876</v>
+      </c>
+      <c r="O100" s="8" t="s">
+        <v>877</v>
+      </c>
+      <c r="P100" s="8" t="s">
+        <v>878</v>
+      </c>
+      <c r="Q100" s="8" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="101" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A101" s="6">
+        <v>98</v>
+      </c>
+      <c r="B101" s="7" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C101" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D101" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E101" s="8" t="s">
+        <v>880</v>
+      </c>
+      <c r="F101" s="9" t="s">
+        <v>881</v>
+      </c>
+      <c r="G101" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H101" s="8" t="s">
+        <v>882</v>
+      </c>
+      <c r="I101" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J101" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K101" s="8" t="s">
+        <v>643</v>
+      </c>
+      <c r="L101" s="10">
+        <v>710302</v>
+      </c>
+      <c r="M101" s="8" t="s">
+        <v>883</v>
+      </c>
+      <c r="N101" s="8" t="s">
+        <v>884</v>
+      </c>
+      <c r="O101" s="8" t="s">
+        <v>885</v>
+      </c>
+      <c r="P101" s="8" t="s">
+        <v>886</v>
+      </c>
+      <c r="Q101" s="8" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="102" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A102" s="6">
+        <v>99</v>
+      </c>
+      <c r="B102" s="7" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C102" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D102" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E102" s="8" t="s">
+        <v>888</v>
+      </c>
+      <c r="F102" s="9" t="s">
+        <v>889</v>
+      </c>
+      <c r="G102" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H102" s="8" t="s">
+        <v>890</v>
+      </c>
+      <c r="I102" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J102" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K102" s="8" t="s">
+        <v>891</v>
+      </c>
+      <c r="L102" s="10">
+        <v>744004</v>
+      </c>
+      <c r="M102" s="8" t="s">
+        <v>892</v>
+      </c>
+      <c r="N102" s="8" t="s">
+        <v>893</v>
+      </c>
+      <c r="O102" s="8" t="s">
+        <v>894</v>
+      </c>
+      <c r="P102" s="8" t="s">
+        <v>895</v>
+      </c>
+      <c r="Q102" s="8" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="103" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A103" s="6">
+        <v>100</v>
+      </c>
+      <c r="B103" s="7" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C103" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D103" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E103" s="8" t="s">
+        <v>897</v>
+      </c>
+      <c r="F103" s="9" t="s">
+        <v>898</v>
+      </c>
+      <c r="G103" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H103" s="8" t="s">
+        <v>899</v>
+      </c>
+      <c r="I103" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J103" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="K103" s="8" t="s">
+        <v>900</v>
+      </c>
+      <c r="L103" s="10">
+        <v>300102</v>
+      </c>
+      <c r="M103" s="8" t="s">
+        <v>901</v>
+      </c>
+      <c r="N103" s="8" t="s">
+        <v>902</v>
+      </c>
+      <c r="O103" s="8" t="s">
+        <v>903</v>
+      </c>
+      <c r="P103" s="8" t="s">
+        <v>904</v>
+      </c>
+      <c r="Q103" s="8" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="104" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A104" s="6">
+        <v>101</v>
+      </c>
+      <c r="B104" s="7" t="s">
+        <v>1425</v>
+      </c>
+      <c r="C104" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D104" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E104" s="8" t="s">
+        <v>906</v>
+      </c>
+      <c r="F104" s="9" t="s">
+        <v>907</v>
+      </c>
+      <c r="G104" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H104" s="8" t="s">
+        <v>908</v>
+      </c>
+      <c r="I104" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J104" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K104" s="8" t="s">
+        <v>909</v>
+      </c>
+      <c r="L104" s="10">
+        <v>231055</v>
+      </c>
+      <c r="M104" s="8" t="s">
+        <v>910</v>
+      </c>
+      <c r="N104" s="8" t="s">
+        <v>911</v>
+      </c>
+      <c r="O104" s="8" t="s">
+        <v>912</v>
+      </c>
+      <c r="P104" s="8" t="s">
+        <v>913</v>
+      </c>
+      <c r="Q104" s="8" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="105" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A105" s="6">
+        <v>102</v>
+      </c>
+      <c r="B105" s="7" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C105" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D105" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E105" s="8" t="s">
+        <v>915</v>
+      </c>
+      <c r="F105" s="9" t="s">
+        <v>916</v>
+      </c>
+      <c r="G105" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H105" s="8" t="s">
+        <v>917</v>
+      </c>
+      <c r="I105" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="J105" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K105" s="8" t="s">
+        <v>660</v>
+      </c>
+      <c r="L105" s="10">
+        <v>717302</v>
+      </c>
+      <c r="M105" s="8" t="s">
+        <v>918</v>
+      </c>
+      <c r="N105" s="8" t="s">
+        <v>919</v>
+      </c>
+      <c r="O105" s="8" t="s">
+        <v>920</v>
+      </c>
+      <c r="P105" s="8" t="s">
+        <v>921</v>
+      </c>
+      <c r="Q105" s="8" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="106" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A106" s="6">
+        <v>103</v>
+      </c>
+      <c r="B106" s="7" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C106" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D106" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E106" s="8" t="s">
+        <v>923</v>
+      </c>
+      <c r="F106" s="9" t="s">
+        <v>924</v>
+      </c>
+      <c r="G106" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H106" s="8" t="s">
+        <v>925</v>
+      </c>
+      <c r="I106" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J106" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K106" s="8" t="s">
+        <v>926</v>
+      </c>
+      <c r="L106" s="10">
+        <v>222304</v>
+      </c>
+      <c r="M106" s="8" t="s">
+        <v>927</v>
+      </c>
+      <c r="N106" s="8" t="s">
+        <v>928</v>
+      </c>
+      <c r="O106" s="8" t="s">
+        <v>929</v>
+      </c>
+      <c r="P106" s="8" t="s">
+        <v>930</v>
+      </c>
+      <c r="Q106" s="8" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="107" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A107" s="6">
+        <v>104</v>
+      </c>
+      <c r="B107" s="7" t="s">
+        <v>1428</v>
+      </c>
+      <c r="C107" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D107" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E107" s="8" t="s">
+        <v>932</v>
+      </c>
+      <c r="F107" s="9" t="s">
+        <v>933</v>
+      </c>
+      <c r="G107" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H107" s="8" t="s">
+        <v>934</v>
+      </c>
+      <c r="I107" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J107" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K107" s="8" t="s">
+        <v>420</v>
+      </c>
+      <c r="L107" s="10">
+        <v>114511</v>
+      </c>
+      <c r="M107" s="8" t="s">
+        <v>935</v>
+      </c>
+      <c r="N107" s="8" t="s">
+        <v>936</v>
+      </c>
+      <c r="O107" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="P107" s="8" t="s">
+        <v>937</v>
+      </c>
+      <c r="Q107" s="8" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="108" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A108" s="6">
+        <v>105</v>
+      </c>
+      <c r="B108" s="7" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C108" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D108" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E108" s="8" t="s">
+        <v>939</v>
+      </c>
+      <c r="F108" s="9" t="s">
+        <v>940</v>
+      </c>
+      <c r="G108" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H108" s="8" t="s">
+        <v>941</v>
+      </c>
+      <c r="I108" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J108" s="8" t="s">
+        <v>181</v>
+      </c>
+      <c r="K108" s="8" t="s">
+        <v>942</v>
+      </c>
+      <c r="L108" s="10">
+        <v>542020</v>
+      </c>
+      <c r="M108" s="8" t="s">
+        <v>943</v>
+      </c>
+      <c r="N108" s="8" t="s">
+        <v>944</v>
+      </c>
+      <c r="O108" s="8" t="s">
+        <v>945</v>
+      </c>
+      <c r="P108" s="8" t="s">
+        <v>946</v>
+      </c>
+      <c r="Q108" s="8" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="109" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A109" s="6">
+        <v>106</v>
+      </c>
+      <c r="B109" s="7" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C109" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D109" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E109" s="8" t="s">
+        <v>948</v>
+      </c>
+      <c r="F109" s="9" t="s">
+        <v>949</v>
+      </c>
+      <c r="G109" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H109" s="8" t="s">
+        <v>950</v>
+      </c>
+      <c r="I109" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J109" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K109" s="8" t="s">
+        <v>951</v>
+      </c>
+      <c r="L109" s="10">
+        <v>115311</v>
+      </c>
+      <c r="M109" s="8" t="s">
+        <v>952</v>
+      </c>
+      <c r="N109" s="8" t="s">
+        <v>953</v>
+      </c>
+      <c r="O109" s="8" t="s">
+        <v>954</v>
+      </c>
+      <c r="P109" s="8" t="s">
+        <v>955</v>
+      </c>
+      <c r="Q109" s="8" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="110" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A110" s="6">
+        <v>107</v>
+      </c>
+      <c r="B110" s="7" t="s">
+        <v>1431</v>
+      </c>
+      <c r="C110" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D110" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E110" s="8" t="s">
+        <v>957</v>
+      </c>
+      <c r="F110" s="9" t="s">
+        <v>958</v>
+      </c>
+      <c r="G110" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H110" s="8" t="s">
+        <v>959</v>
+      </c>
+      <c r="I110" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J110" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K110" s="8" t="s">
+        <v>457</v>
+      </c>
+      <c r="L110" s="10">
+        <v>407105</v>
+      </c>
+      <c r="M110" s="8" t="s">
+        <v>960</v>
+      </c>
+      <c r="N110" s="8" t="s">
+        <v>961</v>
+      </c>
+      <c r="O110" s="8" t="s">
+        <v>962</v>
+      </c>
+      <c r="P110" s="8" t="s">
+        <v>963</v>
+      </c>
+      <c r="Q110" s="8" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="111" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A111" s="6">
+        <v>108</v>
+      </c>
+      <c r="B111" s="7" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C111" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D111" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E111" s="8" t="s">
+        <v>965</v>
+      </c>
+      <c r="F111" s="9" t="s">
+        <v>966</v>
+      </c>
+      <c r="G111" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H111" s="8" t="s">
+        <v>967</v>
+      </c>
+      <c r="I111" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="J111" s="8" t="s">
+        <v>266</v>
+      </c>
+      <c r="K111" s="8" t="s">
+        <v>968</v>
+      </c>
+      <c r="L111" s="10">
+        <v>361027</v>
+      </c>
+      <c r="M111" s="8" t="s">
+        <v>969</v>
+      </c>
+      <c r="N111" s="8" t="s">
+        <v>970</v>
+      </c>
+      <c r="O111" s="8" t="s">
+        <v>971</v>
+      </c>
+      <c r="P111" s="8" t="s">
+        <v>972</v>
+      </c>
+      <c r="Q111" s="8" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="112" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A112" s="6">
+        <v>109</v>
+      </c>
+      <c r="B112" s="7" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C112" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D112" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E112" s="8" t="s">
+        <v>974</v>
+      </c>
+      <c r="F112" s="9" t="s">
+        <v>975</v>
+      </c>
+      <c r="G112" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H112" s="8" t="s">
+        <v>976</v>
+      </c>
+      <c r="I112" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J112" s="8" t="s">
+        <v>210</v>
+      </c>
+      <c r="K112" s="8" t="s">
+        <v>211</v>
+      </c>
+      <c r="L112" s="10">
+        <v>912009</v>
+      </c>
+      <c r="M112" s="8" t="s">
+        <v>977</v>
+      </c>
+      <c r="N112" s="8" t="s">
+        <v>978</v>
+      </c>
+      <c r="O112" s="8" t="s">
+        <v>979</v>
+      </c>
+      <c r="P112" s="8" t="s">
+        <v>980</v>
+      </c>
+      <c r="Q112" s="8" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="113" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A113" s="6">
+        <v>110</v>
+      </c>
+      <c r="B113" s="7" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C113" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D113" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E113" s="8" t="s">
+        <v>982</v>
+      </c>
+      <c r="F113" s="9" t="s">
+        <v>983</v>
+      </c>
+      <c r="G113" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H113" s="8" t="s">
+        <v>984</v>
+      </c>
+      <c r="I113" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J113" s="8" t="s">
+        <v>114</v>
+      </c>
+      <c r="K113" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="L113" s="10">
+        <v>621303</v>
+      </c>
+      <c r="M113" s="8" t="s">
+        <v>985</v>
+      </c>
+      <c r="N113" s="8" t="s">
+        <v>986</v>
+      </c>
+      <c r="O113" s="8" t="s">
+        <v>987</v>
+      </c>
+      <c r="P113" s="8" t="s">
+        <v>988</v>
+      </c>
+      <c r="Q113" s="8" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="114" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A114" s="6">
+        <v>111</v>
+      </c>
+      <c r="B114" s="7" t="s">
+        <v>1435</v>
+      </c>
+      <c r="C114" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D114" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E114" s="8" t="s">
+        <v>990</v>
+      </c>
+      <c r="F114" s="9" t="s">
+        <v>991</v>
+      </c>
+      <c r="G114" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H114" s="8" t="s">
+        <v>992</v>
+      </c>
+      <c r="I114" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="J114" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="K114" s="8" t="s">
+        <v>993</v>
+      </c>
+      <c r="L114" s="10">
+        <v>412406</v>
+      </c>
+      <c r="M114" s="8" t="s">
+        <v>994</v>
+      </c>
+      <c r="N114" s="8" t="s">
+        <v>995</v>
+      </c>
+      <c r="O114" s="8" t="s">
+        <v>996</v>
+      </c>
+      <c r="P114" s="8" t="s">
+        <v>997</v>
+      </c>
+      <c r="Q114" s="8" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="115" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A115" s="6">
+        <v>112</v>
+      </c>
+      <c r="B115" s="7" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C115" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D115" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E115" s="8" t="s">
+        <v>999</v>
+      </c>
+      <c r="F115" s="9" t="s">
+        <v>1000</v>
+      </c>
+      <c r="G115" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H115" s="8" t="s">
+        <v>1001</v>
+      </c>
+      <c r="I115" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="J115" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="K115" s="8" t="s">
+        <v>340</v>
+      </c>
+      <c r="L115" s="10">
+        <v>333324</v>
+      </c>
+      <c r="M115" s="8" t="s">
+        <v>1002</v>
+      </c>
+      <c r="N115" s="8" t="s">
+        <v>1003</v>
+      </c>
+      <c r="O115" s="8" t="s">
+        <v>1004</v>
+      </c>
+      <c r="P115" s="8" t="s">
+        <v>1005</v>
+      </c>
+      <c r="Q115" s="8" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="116" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A116" s="6">
+        <v>113</v>
+      </c>
+      <c r="B116" s="7" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C116" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D116" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E116" s="8" t="s">
+        <v>1007</v>
+      </c>
+      <c r="F116" s="9" t="s">
+        <v>1008</v>
+      </c>
+      <c r="G116" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H116" s="8" t="s">
+        <v>1009</v>
+      </c>
+      <c r="I116" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="J116" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K116" s="8" t="s">
+        <v>228</v>
+      </c>
+      <c r="L116" s="10">
+        <v>112302</v>
+      </c>
+      <c r="M116" s="8" t="s">
+        <v>1010</v>
+      </c>
+      <c r="N116" s="8" t="s">
+        <v>1011</v>
+      </c>
+      <c r="O116" s="8" t="s">
+        <v>1012</v>
+      </c>
+      <c r="P116" s="8" t="s">
+        <v>1013</v>
+      </c>
+      <c r="Q116" s="8" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="117" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A117" s="6">
+        <v>114</v>
+      </c>
+      <c r="B117" s="7" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C117" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D117" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E117" s="8" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F117" s="9" t="s">
+        <v>1016</v>
+      </c>
+      <c r="G117" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H117" s="8" t="s">
+        <v>1017</v>
+      </c>
+      <c r="I117" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J117" s="8" t="s">
+        <v>722</v>
+      </c>
+      <c r="K117" s="8" t="s">
+        <v>1018</v>
+      </c>
+      <c r="L117" s="10">
+        <v>307003</v>
+      </c>
+      <c r="M117" s="8" t="s">
+        <v>1019</v>
+      </c>
+      <c r="N117" s="8" t="s">
+        <v>1020</v>
+      </c>
+      <c r="O117" s="8" t="s">
+        <v>1021</v>
+      </c>
+      <c r="P117" s="8" t="s">
+        <v>1022</v>
+      </c>
+      <c r="Q117" s="8" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="118" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A118" s="6">
+        <v>115</v>
+      </c>
+      <c r="B118" s="7" t="s">
+        <v>1439</v>
+      </c>
+      <c r="C118" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D118" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E118" s="8" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F118" s="9" t="s">
+        <v>1025</v>
+      </c>
+      <c r="G118" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H118" s="8" t="s">
+        <v>1026</v>
+      </c>
+      <c r="I118" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J118" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K118" s="8" t="s">
+        <v>1027</v>
+      </c>
+      <c r="L118" s="10">
+        <v>244012</v>
+      </c>
+      <c r="M118" s="8" t="s">
+        <v>1028</v>
+      </c>
+      <c r="N118" s="8" t="s">
+        <v>1029</v>
+      </c>
+      <c r="O118" s="8" t="s">
+        <v>1030</v>
+      </c>
+      <c r="P118" s="8" t="s">
+        <v>1031</v>
+      </c>
+      <c r="Q118" s="8" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="119" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A119" s="6">
+        <v>116</v>
+      </c>
+      <c r="B119" s="7" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C119" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D119" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E119" s="8" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F119" s="9" t="s">
+        <v>1034</v>
+      </c>
+      <c r="G119" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H119" s="8" t="s">
+        <v>1035</v>
+      </c>
+      <c r="I119" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="J119" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="K119" s="8" t="s">
+        <v>411</v>
+      </c>
+      <c r="L119" s="10">
+        <v>807679</v>
+      </c>
+      <c r="M119" s="8" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N119" s="8" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O119" s="8" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P119" s="8" t="s">
+        <v>1039</v>
+      </c>
+      <c r="Q119" s="8" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="120" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A120" s="6">
+        <v>117</v>
+      </c>
+      <c r="B120" s="7" t="s">
+        <v>1441</v>
+      </c>
+      <c r="C120" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D120" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E120" s="8" t="s">
+        <v>1041</v>
+      </c>
+      <c r="F120" s="9" t="s">
+        <v>1042</v>
+      </c>
+      <c r="G120" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H120" s="8" t="s">
+        <v>1043</v>
+      </c>
+      <c r="I120" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J120" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K120" s="8" t="s">
+        <v>693</v>
+      </c>
+      <c r="L120" s="10">
+        <v>235307</v>
+      </c>
+      <c r="M120" s="8" t="s">
+        <v>1044</v>
+      </c>
+      <c r="N120" s="8" t="s">
+        <v>1045</v>
+      </c>
+      <c r="O120" s="8" t="s">
+        <v>1046</v>
+      </c>
+      <c r="P120" s="8" t="s">
+        <v>1047</v>
+      </c>
+      <c r="Q120" s="8" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="121" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A121" s="6">
+        <v>118</v>
+      </c>
+      <c r="B121" s="7" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C121" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D121" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E121" s="8" t="s">
+        <v>1049</v>
+      </c>
+      <c r="F121" s="9" t="s">
+        <v>1050</v>
+      </c>
+      <c r="G121" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H121" s="8" t="s">
+        <v>1051</v>
+      </c>
+      <c r="I121" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J121" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K121" s="8" t="s">
+        <v>237</v>
+      </c>
+      <c r="L121" s="10">
+        <v>220305</v>
+      </c>
+      <c r="M121" s="8" t="s">
+        <v>1052</v>
+      </c>
+      <c r="N121" s="8" t="s">
+        <v>1053</v>
+      </c>
+      <c r="O121" s="8" t="s">
+        <v>1054</v>
+      </c>
+      <c r="P121" s="8" t="s">
+        <v>1055</v>
+      </c>
+      <c r="Q121" s="8" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="122" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A122" s="6">
+        <v>119</v>
+      </c>
+      <c r="B122" s="7" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C122" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D122" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E122" s="8" t="s">
+        <v>1057</v>
+      </c>
+      <c r="F122" s="9" t="s">
+        <v>1058</v>
+      </c>
+      <c r="G122" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H122" s="8" t="s">
+        <v>1059</v>
+      </c>
+      <c r="I122" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J122" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K122" s="8" t="s">
+        <v>420</v>
+      </c>
+      <c r="L122" s="10">
+        <v>114311</v>
+      </c>
+      <c r="M122" s="8" t="s">
+        <v>1060</v>
+      </c>
+      <c r="N122" s="8" t="s">
+        <v>1061</v>
+      </c>
+      <c r="O122" s="8" t="s">
+        <v>1062</v>
+      </c>
+      <c r="P122" s="8" t="s">
+        <v>1063</v>
+      </c>
+      <c r="Q122" s="8" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="123" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A123" s="6">
+        <v>120</v>
+      </c>
+      <c r="B123" s="7" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C123" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D123" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E123" s="8" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F123" s="9" t="s">
+        <v>1067</v>
+      </c>
+      <c r="G123" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H123" s="8" t="s">
+        <v>1068</v>
+      </c>
+      <c r="I123" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J123" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K123" s="8" t="s">
+        <v>1069</v>
+      </c>
+      <c r="L123" s="10">
+        <v>236302</v>
+      </c>
+      <c r="M123" s="8" t="s">
+        <v>1070</v>
+      </c>
+      <c r="N123" s="8" t="s">
+        <v>1071</v>
+      </c>
+      <c r="O123" s="8" t="s">
+        <v>1072</v>
+      </c>
+      <c r="P123" s="8" t="s">
+        <v>1073</v>
+      </c>
+      <c r="Q123" s="8" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="124" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A124" s="6">
+        <v>121</v>
+      </c>
+      <c r="B124" s="7" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C124" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D124" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E124" s="8" t="s">
+        <v>1075</v>
+      </c>
+      <c r="F124" s="9" t="s">
+        <v>1076</v>
+      </c>
+      <c r="G124" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H124" s="8" t="s">
+        <v>1077</v>
+      </c>
+      <c r="I124" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J124" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="K124" s="8" t="s">
+        <v>687</v>
+      </c>
+      <c r="L124" s="10">
+        <v>201301</v>
+      </c>
+      <c r="M124" s="8" t="s">
+        <v>1078</v>
+      </c>
+      <c r="N124" s="8" t="s">
+        <v>1079</v>
+      </c>
+      <c r="O124" s="8" t="s">
+        <v>1080</v>
+      </c>
+      <c r="P124" s="8" t="s">
+        <v>1081</v>
+      </c>
+      <c r="Q124" s="8" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="125" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A125" s="6">
+        <v>122</v>
+      </c>
+      <c r="B125" s="7" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C125" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D125" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E125" s="8" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F125" s="9" t="s">
+        <v>1084</v>
+      </c>
+      <c r="G125" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H125" s="8" t="s">
+        <v>1085</v>
+      </c>
+      <c r="I125" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J125" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K125" s="8" t="s">
+        <v>491</v>
+      </c>
+      <c r="L125" s="10">
+        <v>251671</v>
+      </c>
+      <c r="M125" s="8" t="s">
+        <v>1086</v>
+      </c>
+      <c r="N125" s="8" t="s">
+        <v>1087</v>
+      </c>
+      <c r="O125" s="8" t="s">
+        <v>1088</v>
+      </c>
+      <c r="P125" s="8" t="s">
+        <v>1089</v>
+      </c>
+      <c r="Q125" s="8" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="126" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A126" s="6">
+        <v>123</v>
+      </c>
+      <c r="B126" s="7" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C126" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D126" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E126" s="8" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F126" s="9" t="s">
+        <v>1092</v>
+      </c>
+      <c r="G126" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H126" s="8" t="s">
+        <v>1093</v>
+      </c>
+      <c r="I126" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J126" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K126" s="8" t="s">
+        <v>237</v>
+      </c>
+      <c r="L126" s="10">
+        <v>220303</v>
+      </c>
+      <c r="M126" s="8" t="s">
+        <v>1094</v>
+      </c>
+      <c r="N126" s="8" t="s">
+        <v>1095</v>
+      </c>
+      <c r="O126" s="8" t="s">
+        <v>1096</v>
+      </c>
+      <c r="P126" s="8" t="s">
+        <v>1097</v>
+      </c>
+      <c r="Q126" s="8" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="127" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A127" s="6">
+        <v>124</v>
+      </c>
+      <c r="B127" s="7" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C127" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D127" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E127" s="8" t="s">
+        <v>1099</v>
+      </c>
+      <c r="F127" s="9" t="s">
+        <v>1100</v>
+      </c>
+      <c r="G127" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H127" s="8" t="s">
+        <v>1101</v>
+      </c>
+      <c r="I127" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J127" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K127" s="8" t="s">
+        <v>1102</v>
+      </c>
+      <c r="L127" s="10">
+        <v>252005</v>
+      </c>
+      <c r="M127" s="8" t="s">
+        <v>1103</v>
+      </c>
+      <c r="N127" s="8" t="s">
+        <v>1104</v>
+      </c>
+      <c r="O127" s="8" t="s">
+        <v>1105</v>
+      </c>
+      <c r="P127" s="8" t="s">
+        <v>1106</v>
+      </c>
+      <c r="Q127" s="8" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="128" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A128" s="6">
+        <v>125</v>
+      </c>
+      <c r="B128" s="7" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C128" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D128" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E128" s="8" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F128" s="9" t="s">
+        <v>1109</v>
+      </c>
+      <c r="G128" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H128" s="8" t="s">
+        <v>1110</v>
+      </c>
+      <c r="I128" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J128" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K128" s="8" t="s">
+        <v>1065</v>
+      </c>
+      <c r="L128" s="10">
+        <v>709301</v>
+      </c>
+      <c r="M128" s="8" t="s">
+        <v>1111</v>
+      </c>
+      <c r="N128" s="8" t="s">
+        <v>1112</v>
+      </c>
+      <c r="O128" s="8" t="s">
+        <v>1113</v>
+      </c>
+      <c r="P128" s="8" t="s">
+        <v>1114</v>
+      </c>
+      <c r="Q128" s="8" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="129" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A129" s="6">
+        <v>126</v>
+      </c>
+      <c r="B129" s="7" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C129" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D129" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E129" s="8" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F129" s="9" t="s">
+        <v>1117</v>
+      </c>
+      <c r="G129" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H129" s="8" t="s">
+        <v>1118</v>
+      </c>
+      <c r="I129" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J129" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="K129" s="8" t="s">
+        <v>85</v>
+      </c>
+      <c r="L129" s="10">
+        <v>320678</v>
+      </c>
+      <c r="M129" s="8" t="s">
+        <v>1119</v>
+      </c>
+      <c r="N129" s="8" t="s">
+        <v>1120</v>
+      </c>
+      <c r="O129" s="8" t="s">
+        <v>1121</v>
+      </c>
+      <c r="P129" s="8" t="s">
+        <v>1122</v>
+      </c>
+      <c r="Q129" s="8" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="130" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A130" s="6">
+        <v>127</v>
+      </c>
+      <c r="B130" s="7" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C130" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D130" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E130" s="8" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F130" s="9" t="s">
+        <v>1125</v>
+      </c>
+      <c r="G130" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H130" s="8" t="s">
+        <v>1126</v>
+      </c>
+      <c r="I130" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J130" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K130" s="8" t="s">
+        <v>798</v>
+      </c>
+      <c r="L130" s="10">
+        <v>243083</v>
+      </c>
+      <c r="M130" s="8" t="s">
+        <v>1127</v>
+      </c>
+      <c r="N130" s="8" t="s">
+        <v>1128</v>
+      </c>
+      <c r="O130" s="8" t="s">
+        <v>1129</v>
+      </c>
+      <c r="P130" s="8" t="s">
+        <v>1130</v>
+      </c>
+      <c r="Q130" s="8" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="131" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A131" s="6">
+        <v>128</v>
+      </c>
+      <c r="B131" s="7" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C131" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D131" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E131" s="8" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F131" s="9" t="s">
+        <v>1133</v>
+      </c>
+      <c r="G131" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H131" s="8" t="s">
+        <v>1134</v>
+      </c>
+      <c r="I131" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J131" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="K131" s="8" t="s">
+        <v>592</v>
+      </c>
+      <c r="L131" s="10">
+        <v>203301</v>
+      </c>
+      <c r="M131" s="8" t="s">
+        <v>1135</v>
+      </c>
+      <c r="N131" s="8" t="s">
+        <v>1136</v>
+      </c>
+      <c r="O131" s="8" t="s">
+        <v>1137</v>
+      </c>
+      <c r="P131" s="8" t="s">
+        <v>1138</v>
+      </c>
+      <c r="Q131" s="8" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="132" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A132" s="6">
+        <v>129</v>
+      </c>
+      <c r="B132" s="7" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C132" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D132" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E132" s="8" t="s">
+        <v>1140</v>
+      </c>
+      <c r="F132" s="9" t="s">
+        <v>1141</v>
+      </c>
+      <c r="G132" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H132" s="8" t="s">
+        <v>1142</v>
+      </c>
+      <c r="I132" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J132" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K132" s="8" t="s">
+        <v>1143</v>
+      </c>
+      <c r="L132" s="10">
+        <v>208303</v>
+      </c>
+      <c r="M132" s="8" t="s">
+        <v>1144</v>
+      </c>
+      <c r="N132" s="8" t="s">
+        <v>1145</v>
+      </c>
+      <c r="O132" s="8" t="s">
+        <v>1146</v>
+      </c>
+      <c r="P132" s="8" t="s">
+        <v>1147</v>
+      </c>
+      <c r="Q132" s="8" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="133" spans="1:17" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A133" s="6">
+        <v>130</v>
+      </c>
+      <c r="B133" s="7" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C133" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D133" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E133" s="8" t="s">
+        <v>1149</v>
+      </c>
+      <c r="F133" s="9" t="s">
+        <v>1150</v>
+      </c>
+      <c r="G133" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H133" s="8" t="s">
+        <v>1151</v>
+      </c>
+      <c r="I133" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J133" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K133" s="8" t="s">
+        <v>228</v>
+      </c>
+      <c r="L133" s="10">
+        <v>112021</v>
+      </c>
+      <c r="M133" s="8" t="s">
+        <v>1152</v>
+      </c>
+      <c r="N133" s="8" t="s">
+        <v>1153</v>
+      </c>
+      <c r="O133" s="8" t="s">
+        <v>1154</v>
+      </c>
+      <c r="P133" s="8" t="s">
+        <v>1155</v>
+      </c>
+      <c r="Q133" s="8" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="134" spans="1:17" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A134" s="6">
+        <v>131</v>
+      </c>
+      <c r="B134" s="7" t="s">
+        <v>1455</v>
+      </c>
+      <c r="C134" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D134" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E134" s="8" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F134" s="9" t="s">
+        <v>1158</v>
+      </c>
+      <c r="G134" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H134" s="8" t="s">
+        <v>1159</v>
+      </c>
+      <c r="I134" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J134" s="8" t="s">
+        <v>266</v>
+      </c>
+      <c r="K134" s="8" t="s">
+        <v>1160</v>
+      </c>
+      <c r="L134" s="10">
+        <v>356006</v>
+      </c>
+      <c r="M134" s="8" t="s">
+        <v>1161</v>
+      </c>
+      <c r="N134" s="8" t="s">
+        <v>1162</v>
+      </c>
+      <c r="O134" s="8" t="s">
+        <v>1163</v>
+      </c>
+      <c r="P134" s="8" t="s">
+        <v>1164</v>
+      </c>
+      <c r="Q134" s="8" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="135" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A135" s="6">
+        <v>132</v>
+      </c>
+      <c r="B135" s="7" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C135" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D135" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E135" s="8" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F135" s="9" t="s">
+        <v>1167</v>
+      </c>
+      <c r="G135" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H135" s="8" t="s">
+        <v>1168</v>
+      </c>
+      <c r="I135" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="J135" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="K135" s="8" t="s">
+        <v>807</v>
+      </c>
+      <c r="L135" s="10">
+        <v>821004</v>
+      </c>
+      <c r="M135" s="8" t="s">
+        <v>1169</v>
+      </c>
+      <c r="N135" s="8" t="s">
+        <v>1170</v>
+      </c>
+      <c r="O135" s="8" t="s">
+        <v>1171</v>
+      </c>
+      <c r="P135" s="8" t="s">
+        <v>1172</v>
+      </c>
+      <c r="Q135" s="8" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="136" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A136" s="6">
+        <v>133</v>
+      </c>
+      <c r="B136" s="7" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C136" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D136" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E136" s="8" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F136" s="9" t="s">
+        <v>1175</v>
+      </c>
+      <c r="G136" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H136" s="8" t="s">
+        <v>1176</v>
+      </c>
+      <c r="I136" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J136" s="8" t="s">
+        <v>210</v>
+      </c>
+      <c r="K136" s="8" t="s">
+        <v>1177</v>
+      </c>
+      <c r="L136" s="10">
+        <v>926001</v>
+      </c>
+      <c r="M136" s="8" t="s">
+        <v>1178</v>
+      </c>
+      <c r="N136" s="8" t="s">
+        <v>1179</v>
+      </c>
+      <c r="O136" s="8" t="s">
+        <v>1180</v>
+      </c>
+      <c r="P136" s="8" t="s">
+        <v>1181</v>
+      </c>
+      <c r="Q136" s="8" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="137" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A137" s="6">
+        <v>134</v>
+      </c>
+      <c r="B137" s="7" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C137" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D137" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E137" s="8" t="s">
+        <v>1183</v>
+      </c>
+      <c r="F137" s="9" t="s">
+        <v>1184</v>
+      </c>
+      <c r="G137" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H137" s="8" t="s">
+        <v>1185</v>
+      </c>
+      <c r="I137" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J137" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K137" s="8" t="s">
+        <v>909</v>
+      </c>
+      <c r="L137" s="10">
+        <v>231038</v>
+      </c>
+      <c r="M137" s="8" t="s">
+        <v>1186</v>
+      </c>
+      <c r="N137" s="8" t="s">
+        <v>1187</v>
+      </c>
+      <c r="O137" s="8" t="s">
+        <v>1188</v>
+      </c>
+      <c r="P137" s="8" t="s">
+        <v>1189</v>
+      </c>
+      <c r="Q137" s="8" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="138" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A138" s="6">
+        <v>135</v>
+      </c>
+      <c r="B138" s="7" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C138" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D138" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E138" s="8" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F138" s="9" t="s">
+        <v>1192</v>
+      </c>
+      <c r="G138" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H138" s="8" t="s">
+        <v>1193</v>
+      </c>
+      <c r="I138" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J138" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K138" s="8" t="s">
+        <v>1194</v>
+      </c>
+      <c r="L138" s="10">
+        <v>736302</v>
+      </c>
+      <c r="M138" s="8" t="s">
+        <v>1195</v>
+      </c>
+      <c r="N138" s="8" t="s">
+        <v>1196</v>
+      </c>
+      <c r="O138" s="8" t="s">
+        <v>1197</v>
+      </c>
+      <c r="P138" s="8" t="s">
+        <v>1198</v>
+      </c>
+      <c r="Q138" s="8" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="139" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A139" s="6">
+        <v>136</v>
+      </c>
+      <c r="B139" s="7" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C139" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D139" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E139" s="8" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F139" s="9" t="s">
+        <v>1201</v>
+      </c>
+      <c r="G139" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H139" s="8" t="s">
+        <v>1202</v>
+      </c>
+      <c r="I139" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="J139" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="K139" s="8" t="s">
+        <v>411</v>
+      </c>
+      <c r="L139" s="10">
+        <v>807043</v>
+      </c>
+      <c r="M139" s="8" t="s">
+        <v>1203</v>
+      </c>
+      <c r="N139" s="8" t="s">
+        <v>1204</v>
+      </c>
+      <c r="O139" s="8" t="s">
+        <v>1205</v>
+      </c>
+      <c r="P139" s="8" t="s">
+        <v>1206</v>
+      </c>
+      <c r="Q139" s="8" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="140" spans="1:17" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A140" s="6">
+        <v>137</v>
+      </c>
+      <c r="B140" s="7" t="s">
+        <v>1461</v>
+      </c>
+      <c r="C140" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D140" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E140" s="8" t="s">
+        <v>1208</v>
+      </c>
+      <c r="F140" s="9" t="s">
+        <v>1209</v>
+      </c>
+      <c r="G140" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H140" s="8" t="s">
+        <v>1210</v>
+      </c>
+      <c r="I140" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J140" s="8" t="s">
+        <v>256</v>
+      </c>
+      <c r="K140" s="8" t="s">
+        <v>1211</v>
+      </c>
+      <c r="L140" s="10">
+        <v>266003</v>
+      </c>
+      <c r="M140" s="8" t="s">
+        <v>1212</v>
+      </c>
+      <c r="N140" s="8" t="s">
+        <v>1213</v>
+      </c>
+      <c r="O140" s="8" t="s">
+        <v>1214</v>
+      </c>
+      <c r="P140" s="8" t="s">
+        <v>1215</v>
+      </c>
+      <c r="Q140" s="8" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="141" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A141" s="6">
+        <v>138</v>
+      </c>
+      <c r="B141" s="7" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C141" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D141" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E141" s="8" t="s">
+        <v>1217</v>
+      </c>
+      <c r="F141" s="9" t="s">
+        <v>1218</v>
+      </c>
+      <c r="G141" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H141" s="8" t="s">
+        <v>1219</v>
+      </c>
+      <c r="I141" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J141" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="K141" s="8" t="s">
+        <v>1220</v>
+      </c>
+      <c r="L141" s="10">
+        <v>325004</v>
+      </c>
+      <c r="M141" s="8" t="s">
+        <v>1221</v>
+      </c>
+      <c r="N141" s="8" t="s">
+        <v>1222</v>
+      </c>
+      <c r="O141" s="8" t="s">
+        <v>1223</v>
+      </c>
+      <c r="P141" s="8" t="s">
+        <v>1224</v>
+      </c>
+      <c r="Q141" s="8" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="142" spans="1:17" ht="43.2" x14ac:dyDescent="0.3">
+      <c r="A142" s="6">
+        <v>139</v>
+      </c>
+      <c r="B142" s="7" t="s">
+        <v>1463</v>
+      </c>
+      <c r="C142" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D142" s="8" t="s">
+        <v>188</v>
+      </c>
+      <c r="E142" s="8" t="s">
+        <v>1226</v>
+      </c>
+      <c r="F142" s="9" t="s">
+        <v>1227</v>
+      </c>
+      <c r="G142" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H142" s="8" t="s">
+        <v>1228</v>
+      </c>
+      <c r="I142" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J142" s="8" t="s">
+        <v>114</v>
+      </c>
+      <c r="K142" s="8" t="s">
+        <v>618</v>
+      </c>
+      <c r="L142" s="10">
+        <v>622001</v>
+      </c>
+      <c r="M142" s="8" t="s">
+        <v>1229</v>
+      </c>
+      <c r="N142" s="8" t="s">
+        <v>1230</v>
+      </c>
+      <c r="O142" s="8" t="s">
+        <v>1231</v>
+      </c>
+      <c r="P142" s="8" t="s">
+        <v>1232</v>
+      </c>
+      <c r="Q142" s="8" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="143" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A143" s="6">
+        <v>140</v>
+      </c>
+      <c r="B143" s="7" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C143" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D143" s="8" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E143" s="8" t="s">
+        <v>1236</v>
+      </c>
+      <c r="F143" s="9" t="s">
+        <v>1237</v>
+      </c>
+      <c r="G143" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H143" s="8" t="s">
+        <v>1238</v>
+      </c>
+      <c r="I143" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J143" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K143" s="8" t="s">
+        <v>687</v>
+      </c>
+      <c r="L143" s="10">
+        <v>110019</v>
+      </c>
+      <c r="M143" s="8" t="s">
+        <v>1239</v>
+      </c>
+      <c r="N143" s="8" t="s">
+        <v>1240</v>
+      </c>
+      <c r="O143" s="8" t="s">
+        <v>1241</v>
+      </c>
+      <c r="P143" s="8" t="s">
+        <v>1242</v>
+      </c>
+      <c r="Q143" s="8" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="144" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A144" s="6">
+        <v>141</v>
+      </c>
+      <c r="B144" s="7" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C144" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D144" s="8" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E144" s="8" t="s">
+        <v>1245</v>
+      </c>
+      <c r="F144" s="9" t="s">
+        <v>1246</v>
+      </c>
+      <c r="G144" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H144" s="8" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I144" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="J144" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="K144" s="8" t="s">
+        <v>491</v>
+      </c>
+      <c r="L144" s="10">
+        <v>251022</v>
+      </c>
+      <c r="M144" s="8" t="s">
+        <v>1248</v>
+      </c>
+      <c r="N144" s="8" t="s">
+        <v>1249</v>
+      </c>
+      <c r="O144" s="8" t="s">
+        <v>1250</v>
+      </c>
+      <c r="P144" s="8" t="s">
+        <v>1251</v>
+      </c>
+      <c r="Q144" s="8" t="s">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="145" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A145" s="6">
+        <v>142</v>
+      </c>
+      <c r="B145" s="7" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C145" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D145" s="8" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E145" s="8" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F145" s="9" t="s">
         <v>1255</v>
       </c>
-      <c r="I12" s="26" t="s">
-[...14 lines deleted...]
-      <c r="N12" s="26" t="s">
+      <c r="G145" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H145" s="8" t="s">
+        <v>1256</v>
+      </c>
+      <c r="I145" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J145" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K145" s="8" t="s">
+        <v>474</v>
+      </c>
+      <c r="L145" s="10">
+        <v>111014</v>
+      </c>
+      <c r="M145" s="8" t="s">
+        <v>1257</v>
+      </c>
+      <c r="N145" s="8" t="s">
+        <v>1258</v>
+      </c>
+      <c r="O145" s="8" t="s">
+        <v>1259</v>
+      </c>
+      <c r="P145" s="8" t="s">
+        <v>1260</v>
+      </c>
+      <c r="Q145" s="8" t="s">
+        <v>1261</v>
+      </c>
+    </row>
+    <row r="146" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A146" s="6">
+        <v>143</v>
+      </c>
+      <c r="B146" s="7" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C146" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D146" s="8" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E146" s="8" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F146" s="9" t="s">
+        <v>1264</v>
+      </c>
+      <c r="G146" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H146" s="8" t="s">
+        <v>1265</v>
+      </c>
+      <c r="I146" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J146" s="8" t="s">
+        <v>181</v>
+      </c>
+      <c r="K146" s="8" t="s">
+        <v>182</v>
+      </c>
+      <c r="L146" s="10">
+        <v>545012</v>
+      </c>
+      <c r="M146" s="8" t="s">
+        <v>1266</v>
+      </c>
+      <c r="N146" s="8" t="s">
+        <v>1267</v>
+      </c>
+      <c r="O146" s="8" t="s">
+        <v>1268</v>
+      </c>
+      <c r="P146" s="8" t="s">
+        <v>1269</v>
+      </c>
+      <c r="Q146" s="8" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="147" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A147" s="6">
+        <v>144</v>
+      </c>
+      <c r="B147" s="7" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C147" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D147" s="8" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E147" s="8" t="s">
+        <v>1272</v>
+      </c>
+      <c r="F147" s="9" t="s">
+        <v>1273</v>
+      </c>
+      <c r="G147" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H147" s="8" t="s">
+        <v>1274</v>
+      </c>
+      <c r="I147" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J147" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="K147" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="L147" s="10">
+        <v>701002</v>
+      </c>
+      <c r="M147" s="8" t="s">
+        <v>1275</v>
+      </c>
+      <c r="N147" s="8" t="s">
+        <v>1276</v>
+      </c>
+      <c r="O147" s="8" t="s">
+        <v>1277</v>
+      </c>
+      <c r="P147" s="8" t="s">
+        <v>1278</v>
+      </c>
+      <c r="Q147" s="8" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="148" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A148" s="6">
+        <v>145</v>
+      </c>
+      <c r="B148" s="7" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C148" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D148" s="8" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E148" s="8" t="s">
+        <v>1281</v>
+      </c>
+      <c r="F148" s="9" t="s">
+        <v>1282</v>
+      </c>
+      <c r="G148" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H148" s="8" t="s">
+        <v>1283</v>
+      </c>
+      <c r="I148" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J148" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="K148" s="8" t="s">
+        <v>1284</v>
+      </c>
+      <c r="L148" s="10">
+        <v>334025</v>
+      </c>
+      <c r="M148" s="8" t="s">
+        <v>1285</v>
+      </c>
+      <c r="N148" s="8" t="s">
+        <v>1286</v>
+      </c>
+      <c r="O148" s="8" t="s">
+        <v>1287</v>
+      </c>
+      <c r="P148" s="8" t="s">
+        <v>1288</v>
+      </c>
+      <c r="Q148" s="8" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="149" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A149" s="6">
+        <v>146</v>
+      </c>
+      <c r="B149" s="7" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C149" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D149" s="8" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E149" s="8" t="s">
+        <v>1291</v>
+      </c>
+      <c r="F149" s="9" t="s">
+        <v>1292</v>
+      </c>
+      <c r="G149" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H149" s="8" t="s">
+        <v>1293</v>
+      </c>
+      <c r="I149" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J149" s="8" t="s">
+        <v>181</v>
+      </c>
+      <c r="K149" s="8" t="s">
+        <v>1294</v>
+      </c>
+      <c r="L149" s="10">
+        <v>540022</v>
+      </c>
+      <c r="M149" s="8" t="s">
+        <v>1295</v>
+      </c>
+      <c r="N149" s="8" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O149" s="8" t="s">
+        <v>1297</v>
+      </c>
+      <c r="P149" s="8" t="s">
+        <v>1298</v>
+      </c>
+      <c r="Q149" s="8" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="150" spans="1:17" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A150" s="6">
+        <v>147</v>
+      </c>
+      <c r="B150" s="7" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C150" s="8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D150" s="8" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E150" s="8" t="s">
+        <v>1301</v>
+      </c>
+      <c r="F150" s="9" t="s">
+        <v>1302</v>
+      </c>
+      <c r="G150" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H150" s="8" t="s">
+        <v>1303</v>
+      </c>
+      <c r="I150" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J150" s="8" t="s">
+        <v>200</v>
+      </c>
+      <c r="K150" s="8" t="s">
+        <v>1304</v>
+      </c>
+      <c r="L150" s="10">
+        <v>646004</v>
+      </c>
+      <c r="M150" s="8" t="s">
+        <v>1305</v>
+      </c>
+      <c r="N150" s="8" t="s">
+        <v>1306</v>
+      </c>
+      <c r="O150" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="P150" s="8" t="s">
+        <v>1307</v>
+      </c>
+      <c r="Q150" s="8" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="151" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A151" s="6">
+        <v>148</v>
+      </c>
+      <c r="B151" s="7" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C151" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D151" s="8" t="s">
+        <v>14</v>
+      </c>
+      <c r="E151" s="8" t="s">
+        <v>1309</v>
+      </c>
+      <c r="F151" s="9" t="s">
+        <v>1310</v>
+      </c>
+      <c r="G151" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H151" s="8" t="s">
+        <v>1311</v>
+      </c>
+      <c r="I151" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="J151" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K151" s="8" t="s">
+        <v>105</v>
+      </c>
+      <c r="L151" s="10">
+        <v>100234</v>
+      </c>
+      <c r="M151" s="8" t="s">
+        <v>1312</v>
+      </c>
+      <c r="N151" s="8" t="s">
+        <v>1313</v>
+      </c>
+      <c r="O151" s="8" t="s">
+        <v>1314</v>
+      </c>
+      <c r="P151" s="8" t="s">
+        <v>1315</v>
+      </c>
+      <c r="Q151" s="8" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="152" spans="1:17" x14ac:dyDescent="0.3">
+      <c r="A152" s="6">
+        <v>149</v>
+      </c>
+      <c r="B152" s="7" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C152" s="8" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D152" s="8" t="s">
+        <v>443</v>
+      </c>
+      <c r="E152" s="8" t="s">
+        <v>1318</v>
+      </c>
+      <c r="F152" s="9" t="s">
+        <v>1319</v>
+      </c>
+      <c r="G152" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="H152" s="8" t="s">
+        <v>1320</v>
+      </c>
+      <c r="I152" s="8" t="s">
+        <v>294</v>
+      </c>
+      <c r="J152" s="8" t="s">
         <v>94</v>
       </c>
-      <c r="O12" s="26" t="s">
-[...1525 lines deleted...]
-      <c r="K41" s="26" t="s">
+      <c r="K152" s="8" t="s">
         <v>357</v>
       </c>
-      <c r="L41" s="26">
-[...3052 lines deleted...]
-      <c r="E99" s="26" t="s">
+      <c r="L152" s="10">
+        <v>812008</v>
+      </c>
+      <c r="M152" s="8" t="s">
         <v>1321</v>
       </c>
-      <c r="F99" s="26" t="s">
+      <c r="N152" s="8" t="s">
         <v>1322</v>
       </c>
-      <c r="G99" s="26" t="s">
-[...2 lines deleted...]
-      <c r="H99" s="26" t="s">
+      <c r="O152" s="8" t="s">
         <v>1323</v>
       </c>
-      <c r="I99" s="26" t="s">
-[...5 lines deleted...]
-      <c r="K99" s="26" t="s">
+      <c r="P152" s="8" t="s">
         <v>1324</v>
       </c>
-      <c r="L99" s="26">
-[...2 lines deleted...]
-      <c r="M99" s="26" t="s">
+      <c r="Q152" s="8" t="s">
         <v>1325</v>
-      </c>
-[...2925 lines deleted...]
-        <v>1248</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
+    <mergeCell ref="A2:Q2"/>
     <mergeCell ref="A1:Q1"/>
-    <mergeCell ref="A2:Q2"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.23622047244094491" bottom="0.23622047244094491" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="50" orientation="landscape" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="50" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9B7CF754-765C-469F-9D67-592287D87C03}">
-  <dimension ref="A1:H18"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F2D15B7E-2B16-4E8C-8F5F-A29A3BE71476}">
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <selection sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15.75"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="15" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="12.28515625" style="2" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="9" max="16384" width="9.140625" style="2"/>
+    <col min="1" max="1" width="12.33203125" customWidth="1"/>
+    <col min="2" max="2" width="43.33203125" customWidth="1"/>
+    <col min="3" max="4" width="13" customWidth="1"/>
+    <col min="5" max="5" width="18.109375" customWidth="1"/>
+    <col min="6" max="6" width="9.88671875" customWidth="1"/>
+    <col min="7" max="7" width="35.33203125" customWidth="1"/>
+    <col min="8" max="8" width="16.33203125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="21" thickBot="1">
-      <c r="A1" s="29" t="s">
+    <row r="1" spans="1:8" ht="21.9" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="34" t="s">
+        <v>1478</v>
+      </c>
+      <c r="B1" s="34"/>
+      <c r="C1" s="34"/>
+      <c r="D1" s="34"/>
+      <c r="E1" s="34"/>
+      <c r="F1" s="34"/>
+      <c r="G1" s="34"/>
+      <c r="H1" s="34"/>
+    </row>
+    <row r="2" spans="1:8" ht="17.3" x14ac:dyDescent="0.3">
+      <c r="A2" s="14" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B2" s="15" t="s">
+        <v>1472</v>
+      </c>
+      <c r="C2" s="15" t="s">
+        <v>4</v>
+      </c>
+      <c r="D2" s="15" t="s">
+        <v>5</v>
+      </c>
+      <c r="E2" s="15" t="s">
+        <v>1473</v>
+      </c>
+      <c r="F2" s="15" t="s">
+        <v>1474</v>
+      </c>
+      <c r="G2" s="15" t="s">
+        <v>1475</v>
+      </c>
+      <c r="H2" s="16" t="s">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" ht="16.149999999999999" x14ac:dyDescent="0.35">
+      <c r="A3" s="17" t="s">
+        <v>1493</v>
+      </c>
+      <c r="B3" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="C3" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" s="19" t="s">
+        <v>1479</v>
+      </c>
+      <c r="E3" s="18" t="s">
+        <v>1480</v>
+      </c>
+      <c r="F3" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="G3" s="18" t="s">
+        <v>51</v>
+      </c>
+      <c r="H3" s="22" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" ht="16.149999999999999" x14ac:dyDescent="0.35">
+      <c r="A4" s="17" t="s">
+        <v>1494</v>
+      </c>
+      <c r="B4" s="18" t="s">
+        <v>217</v>
+      </c>
+      <c r="C4" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="D4" s="19" t="s">
+        <v>1482</v>
+      </c>
+      <c r="E4" s="18" t="s">
+        <v>1506</v>
+      </c>
+      <c r="F4" s="19">
+        <v>1001</v>
+      </c>
+      <c r="G4" s="18" t="s">
+        <v>1483</v>
+      </c>
+      <c r="H4" s="22" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" ht="16.149999999999999" x14ac:dyDescent="0.35">
+      <c r="A5" s="17" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B5" s="18" t="s">
+        <v>318</v>
+      </c>
+      <c r="C5" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="D5" s="19" t="s">
+        <v>1485</v>
+      </c>
+      <c r="E5" s="18" t="s">
+        <v>324</v>
+      </c>
+      <c r="F5" s="19">
+        <v>1001</v>
+      </c>
+      <c r="G5" s="18" t="s">
+        <v>1486</v>
+      </c>
+      <c r="H5" s="22" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" ht="32.25" x14ac:dyDescent="0.3">
+      <c r="A6" s="24" t="s">
+        <v>1496</v>
+      </c>
+      <c r="B6" s="18" t="s">
+        <v>408</v>
+      </c>
+      <c r="C6" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" s="19" t="s">
+        <v>1487</v>
+      </c>
+      <c r="E6" s="20" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F6" s="19" t="s">
+        <v>50</v>
+      </c>
+      <c r="G6" s="20" t="s">
         <v>1492</v>
       </c>
-      <c r="B1" s="29"/>
-[...8 lines deleted...]
-      <c r="A2" s="12" t="s">
+      <c r="H6" s="22" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" ht="16.149999999999999" x14ac:dyDescent="0.35">
+      <c r="A7" s="17" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B7" s="20" t="s">
+        <v>589</v>
+      </c>
+      <c r="C7" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="D7" s="21" t="s">
         <v>1488</v>
       </c>
-      <c r="B2" s="13" t="s">
-[...22 lines deleted...]
-      <c r="A3" s="15" t="s">
+      <c r="E7" s="20" t="s">
+        <v>594</v>
+      </c>
+      <c r="F7" s="21">
+        <v>1102</v>
+      </c>
+      <c r="G7" s="20" t="s">
+        <v>596</v>
+      </c>
+      <c r="H7" s="23" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" ht="16.149999999999999" x14ac:dyDescent="0.35">
+      <c r="A8" s="17" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B8" s="20" t="s">
+        <v>710</v>
+      </c>
+      <c r="C8" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" s="21" t="s">
+        <v>1500</v>
+      </c>
+      <c r="E8" s="20" t="s">
+        <v>1504</v>
+      </c>
+      <c r="F8" s="21">
+        <v>1500</v>
+      </c>
+      <c r="G8" s="20" t="s">
+        <v>717</v>
+      </c>
+      <c r="H8" s="23" t="s">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" ht="16.149999999999999" x14ac:dyDescent="0.35">
+      <c r="A9" s="17" t="s">
         <v>1498</v>
       </c>
-      <c r="B3" s="7" t="s">
-[...14 lines deleted...]
-      <c r="G3" s="10" t="s">
+      <c r="B9" s="20" t="s">
+        <v>729</v>
+      </c>
+      <c r="C9" s="21" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" s="21" t="s">
+        <v>1489</v>
+      </c>
+      <c r="E9" s="20" t="s">
+        <v>734</v>
+      </c>
+      <c r="F9" s="21">
+        <v>1010</v>
+      </c>
+      <c r="G9" s="20" t="s">
+        <v>736</v>
+      </c>
+      <c r="H9" s="23" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" ht="20.2" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A10" s="25" t="s">
+        <v>1502</v>
+      </c>
+      <c r="B10" s="26" t="s">
+        <v>813</v>
+      </c>
+      <c r="C10" s="27" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" s="27" t="s">
+        <v>1503</v>
+      </c>
+      <c r="E10" s="29" t="s">
+        <v>1505</v>
+      </c>
+      <c r="F10" s="30">
+        <v>1111</v>
+      </c>
+      <c r="G10" s="31" t="s">
+        <v>820</v>
+      </c>
+      <c r="H10" s="28" t="s">
         <v>1501</v>
       </c>
-      <c r="H3" s="16" t="s">
-[...377 lines deleted...]
-      <c r="H18" s="30"/>
+    </row>
+    <row r="11" spans="1:8" ht="16.149999999999999" x14ac:dyDescent="0.3">
+      <c r="A11" s="35" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B11" s="35"/>
+      <c r="C11" s="35"/>
+      <c r="D11" s="35"/>
+      <c r="E11" s="35"/>
+      <c r="F11" s="35"/>
+      <c r="G11" s="35"/>
+      <c r="H11" s="35"/>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:H1"/>
-    <mergeCell ref="A18:H18"/>
+    <mergeCell ref="A11:H11"/>
   </mergeCells>
-  <phoneticPr fontId="3" type="noConversion"/>
-[...8 lines deleted...]
-  <pageSetup paperSize="9" scale="85" orientation="landscape" horizontalDpi="0" verticalDpi="0" r:id="rId5"/>
+  <phoneticPr fontId="1" type="noConversion"/>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" scale="88" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>具名範圍</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
-      <vt:lpstr>113學年度全國大專校院及校長名錄</vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>'113學年度全國大專校院及校長名錄'!Print_Titles</vt:lpstr>
+      <vt:lpstr>114學年度全國大專校院及校長名錄</vt:lpstr>
+      <vt:lpstr>114學年度第2學期大專校院「校長基本資料」更新</vt:lpstr>
+      <vt:lpstr>'114學年度全國大專校院及校長名錄'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Yang Stone</dc:creator>
+  <dc:creator>石嘉揚</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>